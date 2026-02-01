--- v0 (2025-12-16)
+++ v1 (2026-02-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="275">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Reading Time</t>
   </si>
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Name (pt)</t>
   </si>
   <si>
     <t>Name (en)</t>
   </si>
   <si>
     <t>Name (es)</t>
   </si>
   <si>
     <t>Name (fr)</t>
   </si>
   <si>
     <t>Introduction (pt)</t>
   </si>
   <si>
@@ -69,185 +69,941 @@
     <t>Introduction (fr)</t>
   </si>
   <si>
     <t>Description (pt)</t>
   </si>
   <si>
     <t>Description (en)</t>
   </si>
   <si>
     <t>Description (es)</t>
   </si>
   <si>
     <t>Description (fr)</t>
   </si>
   <si>
     <t>Categories (pt)</t>
   </si>
   <si>
     <t>Categories (en)</t>
   </si>
   <si>
     <t>Categories (es)</t>
   </si>
   <si>
     <t>Categories (fr)</t>
+  </si>
+  <si>
+    <t>2026-01-29</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/redes_sociais_bridezilla6b_1.jpg</t>
+  </si>
+  <si>
+    <t>Bridezilla em cena no Centro Cultural Olga Cadaval</t>
+  </si>
+  <si>
+    <t>Conhecida do público pela sua carreira na televisão e pelo seu percurso como escritora e blogger, Jessica Athayde estreia-se agora no teatro com o espetáculo “Bridezilla”, uma proposta intimista e humorística sobre os bastidores caóticos da preparação de um casamento.</t>
+  </si>
+  <si>
+    <t>&lt;p style="text-align: justify;"&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Em &amp;ldquo;Bridezilla&amp;rdquo;, Jessica Athayde leva o p&amp;uacute;blico a acompanhar os momentos mais desastrosos e divertidos de uma noiva em plena crise pr&amp;eacute;-nupcial. Entre provas que falham, planos que desmoronam e imprevistos a cada passo, a atriz revela, com humor e sensibilidade, que mesmo no caos h&amp;aacute; espa&amp;ccedil;o para rir, partilhar e celebrar o amor.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;O espet&amp;aacute;culo promete humor e honestidade, num turbilh&amp;atilde;o emocional e log&amp;iacute;stico da prepara&amp;ccedil;&amp;atilde;o de um casamento. Um relato ca&amp;oacute;tico, divertido e profundamente humano, onde o p&amp;uacute;blico se torna c&amp;uacute;mplice de uma festa imperfeita e inesquec&amp;iacute;vel.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;N&amp;atilde;o perca esta com&amp;eacute;dia que, no final, prova que preparar o &amp;ldquo;dia perfeito&amp;rdquo; &amp;eacute; um desastre garantido &amp;mdash; mas tamb&amp;eacute;m a desculpa perfeita para rir at&amp;eacute; chorar.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Os bilhetes j&amp;aacute; est&amp;atilde;o dispon&amp;iacute;veis em &lt;a href="https://www.ticketline.pt/evento/bridezilla-101026" target="_blank"&gt;Ticketline&lt;/a&gt;. Toda a programa&amp;ccedil;&amp;atilde;o do Centro Cultural Olga Cadaval pode ser consultada em&amp;nbsp;&lt;a href="https://ccolgacadaval.pt/" target="_blank"&gt;ccolgacadaval.pt&lt;/a&gt;.&amp;nbsp;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&amp;nbsp;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>[{"name":"Cultura"}]</t>
+  </si>
+  <si>
+    <t>[{"name":"Culture"}]</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/56.jpg</t>
+  </si>
+  <si>
+    <t>Rallye das Camélias com tradição e inovação</t>
+  </si>
+  <si>
+    <t>Na conferência de imprensa Andreia Bernardo, vice-presidente da Câmara Municipal de Sintra e responsável pelo Desporto, destacou que ”esta prova é já considerada um ícone Sintrense, uma prova que combina a tradição automobilística e uma forte ligação com o concelho”. “É com um enorme orgulho que acolhemos mais uma edição do Rallye das Camélias”, sublinhou.</t>
+  </si>
+  <si>
+    <t>&lt;p style="text-align: justify;"&gt;&lt;br&gt; &lt;br&gt; O programa tem in&amp;iacute;cio a 6 de fevereiro, com as verifica&amp;ccedil;&amp;otilde;es administrativas e t&amp;eacute;cnicas a decorrerem nas instala&amp;ccedil;&amp;otilde;es do bilstein group. A partida oficial ser&amp;aacute; dada nos Jardins do Casino do Estoril, &amp;agrave;s 18h00.&lt;br&gt; &lt;br&gt; A primeira classificativa retoma o tra&amp;ccedil;ado da edi&amp;ccedil;&amp;atilde;o de 2025, agora Sintra-Cascais, com duas passagens e um reagrupamento no Terreiro do Pal&amp;aacute;cio Nacional de Sintra.&lt;br&gt; &lt;br&gt; A grande novidade da prova &amp;eacute; a estreia da classificativa de Almargem do Bispo, um tro&amp;ccedil;o de cerca de 7,5 km que percorre o interior das aldeias da freguesia Sintrense e promete um ambiente especial.&lt;br&gt; &lt;br&gt; A 7 de fevereiro, a competi&amp;ccedil;&amp;atilde;o recome&amp;ccedil;a em Mafra, com assist&amp;ecirc;ncia no parque, passagem por Casal Barbas e uma nova classificativa. Segue-se um reagrupamento no Pal&amp;aacute;cio Nacional de Mafra. Depois de nova assist&amp;ecirc;ncia, os concorrentes rumam a Torres Vedras, com passagem pela Quinta da Abelheira. A cerim&amp;oacute;nia de entrega de pr&amp;eacute;mios decorre novamente em Mafra.&lt;br&gt; &lt;br&gt; A edi&amp;ccedil;&amp;atilde;o de 2026 assinala o regresso do emblem&amp;aacute;tico Audi Sport Quattro S1 E2, que competir&amp;aacute; na nova categoria Revival, dedicada a cl&amp;aacute;ssicos at&amp;eacute; 1985. A viatura, r&amp;eacute;plica do modelo que participou no Rali de Portugal de 1986, ser&amp;aacute; pilotada pelo espanhol Alberto Fraga.&lt;br&gt; &lt;br&gt; Com novas classificativas, um percurso territorialmente mais abrangente, um cartaz hist&amp;oacute;rico refor&amp;ccedil;ado e uma clara ambi&amp;ccedil;&amp;atilde;o de crescimento, o bilstein group Rallye das Cam&amp;eacute;lias 2026 prepara-se para afirmar, mais uma vez, o seu estatuto de prova de refer&amp;ecirc;ncia, aliando tradi&amp;ccedil;&amp;atilde;o, espet&amp;aacute;culo e valoriza&amp;ccedil;&amp;atilde;o do territ&amp;oacute;rio Sintrense.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&amp;nbsp;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;AVISO&lt;/strong&gt;&lt;br&gt; &lt;br&gt; A C&amp;acirc;mara Municipal de Sintra informa que vai proceder ao corte de tr&amp;acirc;nsito em algumas vias para realiza&amp;ccedil;&amp;atilde;o da prova, no dia 6 de fevereiro. &lt;br&gt; &lt;br&gt; 17h00 &amp;agrave;s 22h00&amp;nbsp;| N247-3 entre o P&amp;eacute; da Serra, Capuchos, EF da Peninha, cruzamento da N9-1 at&amp;eacute; &amp;agrave; Penha Longa&lt;br&gt; &amp;nbsp;&lt;br&gt; 19h00 &amp;agrave;s 22h45 | Rua da Serra, Av. D. Afonso Henriques, Av. Jos&amp;eacute; Maria Pires, Rua das Tomadas, Rua Mirante, Rua Terras Pretas, Estrada Principal&amp;nbsp;N543 (entre Almornos e o Parque de Campismo), Rua Bernardim Ribeiro (at&amp;eacute; ao caf&amp;eacute; Sonho da Aldeia), Rua Tapada, Rua Sargaceiros, Santu&amp;aacute;rio N.&amp;ordf; S.&amp;ordf; Piedade, Rua Fonte da Aranha, Rua N&amp;ordf; S&amp;ordf; Piedade&lt;br&gt; &amp;nbsp;&lt;br&gt; Apelamos &amp;agrave; compreens&amp;atilde;o de todos. N&amp;atilde;o estacione na via ou na berma e aceite as indica&amp;ccedil;&amp;otilde;es das autoridades. N&amp;atilde;o corra riscos, assista ao Rallye em seguran&amp;ccedil;a.&lt;br&gt; &amp;nbsp;&lt;br&gt; Em caso de urg&amp;ecirc;ncia contate o Servi&amp;ccedil;o Municipal de Prote&amp;ccedil;&amp;atilde;o Civil de Sintra atrav&amp;eacute;s do n&amp;uacute;mero: 800 211&amp;nbsp;113.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>[{"name":"Desporto"}]</t>
+  </si>
+  <si>
+    <t>[{"name":"Sports"}]</t>
+  </si>
+  <si>
+    <t>[{"name":"Deporte"}]</t>
+  </si>
+  <si>
+    <t>[{"name":"Sport"}]</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/62.jpg</t>
+  </si>
+  <si>
+    <t>Sintra com clubes e associações desportivas do concelho</t>
+  </si>
+  <si>
+    <t>O encontro permitiu reforçar a articulação entre o município e o movimento associativo, com o objetivo de garantir novas condições para atletas, treinadores e comunidades.</t>
+  </si>
+  <si>
+    <t>&lt;p style="text-align: justify;"&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Para Marco Almeida, "o movimento associativo desportivo desempenha um papel fundamental na coes&amp;atilde;o social e na promo&amp;ccedil;&amp;atilde;o de estilos de vida mais saud&amp;aacute;veis". "Estas reuni&amp;otilde;es s&amp;atilde;o essenciais para alinharmos prioridades e continuarmos a investir no desenvolvimento desportivo do concelho&amp;rdquo;, referiu o presidente da C&amp;acirc;mara Municipal de Sintra.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;A reuni&amp;atilde;o de trabalho evidenciou o compromisso deste executivo com o desenvolvimento do desporto no concelho, refor&amp;ccedil;ando a coopera&amp;ccedil;&amp;atilde;o com o movimento associativo e garantindo que o planeamento municipal integra as necessidades e desafios apresentados pelos agentes desportivos locais Sintrenses.&lt;/p&gt;
+&lt;p&gt;&amp;nbsp;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/_tiagocastro_1_1.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Espetáculo solidário "Agora Noutro Lugar" no Centro Cultural Olga Cadaval  </t>
+  </si>
+  <si>
+    <t>A peça de teatro “Agora Noutro Lugar” conduz o público por uma viagem íntima sobre o luto, a perda e a difícil tarefa de seguir em frente após a morte de um ente querido.</t>
+  </si>
+  <si>
+    <t>&lt;p style="text-align: justify;"&gt; Entre o drama e um humor &amp;aacute;cido, o mon&amp;oacute;logo explora os limites da mem&amp;oacute;ria, do amor e da reconstru&amp;ccedil;&amp;atilde;o da identidade, alternando riso e dor.&amp;nbsp;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Os lucros do evento revertem a favor da Associa&amp;ccedil;&amp;atilde;o Portuguesa de Cuidados Paliativos, que h&amp;aacute; 30 anos oferece cuidados essenciais a pacientes com doen&amp;ccedil;as graves e terminais.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Com o apoio da C&amp;acirc;mara Municipal de Sintra, este evento refor&amp;ccedil;a n&amp;atilde;o s&amp;oacute; a oferta cultural, mas tamb&amp;eacute;m destaca o compromisso da autarquia com causas sociais de grande relev&amp;acirc;ncia. Ao apoiar iniciativas como esta, a C&amp;acirc;mara Municipal de Sintra contribui para o fortalecimento da comunidade e para o bem-estar dos Sintrenses.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Os bilhetes est&amp;atilde;o dispon&amp;iacute;veis exclusivamente na &lt;a href="https://www.ticketline.pt/evento/agora-noutro-lugar-com-tiago-castro-100764" target="_blank"&gt;Ticketline&lt;/a&gt;.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;O Centro Cultural Olga Cadaval tem uma programa&amp;ccedil;&amp;atilde;o muito variada que pode conhecer &lt;a href="https://ccolgacadaval.pt/" target="_blank"&gt;AQUI&lt;/a&gt;.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/71.jpg</t>
+  </si>
+  <si>
+    <t>Sintra afirma compromisso com o futuro da Educação</t>
+  </si>
+  <si>
+    <t>A sessão de abertura contou com Marco Almeida, presidente da Câmara Municipal de Sintra, Fernando Alexandre, ministro da Educação, Ciência e Inovação, e Maria de Lurdes Rodrigues, reitora do ISCTE‑IUL.</t>
+  </si>
+  <si>
+    <t>&lt;p style="text-align: justify;"&gt; O evento contou tamb&amp;eacute;m com a participa&amp;ccedil;&amp;atilde;o de Andreia Bernardo, vice&amp;#8209;presidente da C&amp;acirc;mara de Sintra e respons&amp;aacute;vel pelos pelouros da Educa&amp;ccedil;&amp;atilde;o e das &amp;aacute;reas sociais.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Marco Almeida destacou a import&amp;acirc;ncia de investir no futuro da educa&amp;ccedil;&amp;atilde;o, afirmando que &amp;ldquo;as escolas s&amp;atilde;o espa&amp;ccedil;os de grande energia e trabalho di&amp;aacute;rio, sendo essencial garantir equipamentos adequados e recursos humanos suficientes&amp;rdquo;. Sublinhou tamb&amp;eacute;m a aposta da autarquia no refor&amp;ccedil;o das equipas e no apoio &amp;agrave;s fam&amp;iacute;lias, atrav&amp;eacute;s do desenvolvimento de projetos de dimens&amp;atilde;o relacional, fundamentais para o sucesso escolar dos Sintrenses.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Durante a cerim&amp;oacute;nia, o ministro da Educa&amp;ccedil;&amp;atilde;o, Ci&amp;ecirc;ncia e Inova&amp;ccedil;&amp;atilde;o congratulou o projeto e o trabalho desenvolvido em Sintra, real&amp;ccedil;ando o encontro como um espa&amp;ccedil;o essencial para debater compet&amp;ecirc;ncias sociais e emocionais, fundamentais para o desenvolvimento integral das crian&amp;ccedil;as, na constru&amp;ccedil;&amp;atilde;o de rela&amp;ccedil;&amp;otilde;es, no crescimento pessoal e na prepara&amp;ccedil;&amp;atilde;o para o futuro acad&amp;eacute;mico e profissional.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Ao longo do dia, o encontro promoveu a partilha de pr&amp;aacute;ticas inovadoras dedicadas ao desenvolvimento socioemocional, incluindo sess&amp;otilde;es tem&amp;aacute;ticas, um workshop de estrat&amp;eacute;gias e a entrega do portef&amp;oacute;lio ADN Socioemocional 2.0 2025&amp;#8209;2026.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;A realiza&amp;ccedil;&amp;atilde;o deste evento assinala o encerramento do protocolo de colabora&amp;ccedil;&amp;atilde;o iniciado em 2023 entre o Minist&amp;eacute;rio da Educa&amp;ccedil;&amp;atilde;o, o Munic&amp;iacute;pio de Sintra, a Funda&amp;ccedil;&amp;atilde;o Calouste Gulbenkian e o ISCTE &amp;ndash; Instituto Universit&amp;aacute;rio de Lisboa, refor&amp;ccedil;ando o trabalho no &amp;acirc;mbito do Estudo Internacional de Compet&amp;ecirc;ncias Sociais e Emocionais da OCDE.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;A iniciativa ADN Socioemocional de Sintra 2.0 tem apoiado os Agrupamentos de Escolas Sintrenses na implementa&amp;ccedil;&amp;atilde;o de planos de a&amp;ccedil;&amp;atilde;o dedicados ao desenvolvimento destas compet&amp;ecirc;ncias, promovendo pr&amp;aacute;ticas diferenciadas e ajustadas &amp;agrave;s necessidades dos alunos.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Ap&amp;oacute;s o encontro, teve lugar, nos Pa&amp;ccedil;os do Concelho, uma reuni&amp;atilde;o de trabalho, centrada no refor&amp;ccedil;o da coopera&amp;ccedil;&amp;atilde;o entre o Munic&amp;iacute;pio de Sintra e o Minist&amp;eacute;rio da Educa&amp;ccedil;&amp;atilde;o, sempre ao servi&amp;ccedil;o dos Sintrenses.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>[{"name":"Educação"}]</t>
+  </si>
+  <si>
+    <t>[{"name":"Education"}]</t>
+  </si>
+  <si>
+    <t>[{"name":"Educación"}]</t>
+  </si>
+  <si>
+    <t>[{"name":"Éducation"}]</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/80.jpg</t>
+  </si>
+  <si>
+    <t>Sintra reforça fiscalização contra descargas ilegais</t>
+  </si>
+  <si>
+    <t>Uma operação que surge no seguimento do reforço das ações das equipas da Polícia Municipal através de uma vigilância ativa em várias zonas consideradas sensíveis do território.</t>
+  </si>
+  <si>
+    <t>&lt;p style="text-align: justify;"&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;As infra&amp;ccedil;&amp;otilde;es agora identificadas constituem uma viola&amp;ccedil;&amp;atilde;o grave das normas ambientais e urban&amp;iacute;sticas em vigor. Os respons&amp;aacute;veis ser&amp;atilde;o autuados e poder&amp;atilde;o enfrentar coimas que podem atingir os 37.500 euros.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Marco Almeida, presidente da C&amp;acirc;mara Municipal de Sintra, destaca a import&amp;acirc;ncia desta atua&amp;ccedil;&amp;atilde;o cont&amp;iacute;nua e sublinha que &amp;ldquo;estamos firmemente empenhados em proteger o nosso territ&amp;oacute;rio e assegurar o bem-estar dos Sintrenses. As descargas ilegais prejudicam o ambiente, afetam a qualidade de vida e representam um desrespeito por todos os que cumprem as regras&amp;rdquo;.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Marco Almeida salientou ainda que &amp;ldquo;vamos continuar a agir com determina&amp;ccedil;&amp;atilde;o e a intensificar a fiscaliza&amp;ccedil;&amp;atilde;o, garantindo que Sintra &amp;eacute; um concelho mais cuidado e mais seguro&amp;rdquo;.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;A C&amp;acirc;mara Municipal de Sintra continuar&amp;aacute; a promover a&amp;ccedil;&amp;otilde;es de sensibiliza&amp;ccedil;&amp;atilde;o e vigil&amp;acirc;ncia, refor&amp;ccedil;ando o compromisso de defesa do espa&amp;ccedil;o p&amp;uacute;blico, do ambiente e da sa&amp;uacute;de dos mun&amp;iacute;cipes.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>[{"name":"Institucional"}]</t>
+  </si>
+  <si>
+    <t>[]</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/881.jpg</t>
+  </si>
+  <si>
+    <t>AVISO | Encerramento preventivo de Parques Municipais e Monumentos</t>
+  </si>
+  <si>
+    <t>Tendo em conta a salvaguardar e segurança dos Sintrenses e visitantes, ficarão temporariamente encerrados os parques da Liberdade e a Quinta da Ribafria, em Sintra, e Quinta Nova da Assunção, em Belas.</t>
+  </si>
+  <si>
+    <t>&lt;p style="text-align: justify;"&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;O per&amp;iacute;odo de encerramento prolonga-se at&amp;eacute; &amp;agrave;s 08h00 de 26 de janeiro, altura prevista para a reabertura caso as condi&amp;ccedil;&amp;otilde;es meteorol&amp;oacute;gicas o permitam.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Devido &amp;agrave;s condi&amp;ccedil;&amp;otilde;es meteorol&amp;oacute;gicas adversas, estar&amp;atilde;o encerrados nesta sexta-feira, 23 de janeiro, os seguintes monumentos geridos pela Parques de Sintra: Castelo dos Mouros; Convento dos Capuchos e o Chalet da Condessa d&amp;rsquo;Edla, no Parque da Pena.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;A autarquia Sintrense, liderada por Marco Almeida, acompanha de forma permanente a evolu&amp;ccedil;&amp;atilde;o das condi&amp;ccedil;&amp;otilde;es meteorol&amp;oacute;gicas e mant&amp;eacute;m ativa a articula&amp;ccedil;&amp;atilde;o com as entidades de prote&amp;ccedil;&amp;atilde;o civil, apelando &amp;agrave; popula&amp;ccedil;&amp;atilde;o para que adote comportamentos preventivos e siga as recomenda&amp;ccedil;&amp;otilde;es das autoridades.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/84.jpg</t>
+  </si>
+  <si>
+    <t>Sintra divulga estudo sobre comunidades muçulmanas no concelho</t>
+  </si>
+  <si>
+    <t>Este trabalho de investigação assenta em três eixos fundamentais, habitação, trabalho e escola, analisando as dinâmicas a partir das associações islâmicas do Cacém e da Tapada das Mercês, a precarização da vida nas esferas laboral e habitacional, e as relações estabelecidas no contexto escolar com as comunidades muçulmanas.</t>
+  </si>
+  <si>
+    <t>&lt;p style="text-align: justify;"&gt;&lt;br&gt; &lt;br&gt; Andreia Bernardo destacou que &amp;ldquo;n&amp;atilde;o existem pol&amp;iacute;ticas eficazes sem um conhecimento rigoroso da nossa realidade. Este livro constitui uma ferramenta essencial para aprofundarmos essa compreens&amp;atilde;o. O trabalho de investiga&amp;ccedil;&amp;atilde;o que aqui se apresenta &amp;eacute; uma verdadeira troca de experi&amp;ecirc;ncias e um exerc&amp;iacute;cio de reflex&amp;atilde;o que nos ajuda a construir pol&amp;iacute;ticas p&amp;uacute;blicas que tornem Sintra mais coesa e mais justa&amp;rdquo;.&lt;br&gt; &lt;br&gt; &amp;ldquo;Cidadanias Perif&amp;eacute;ricas. Mu&amp;ccedil;ulmanos em Sintra&amp;rdquo; resulta de uma investiga&amp;ccedil;&amp;atilde;o promovida pela C&amp;acirc;mara Municipal de Sintra, com o cofinanciamento do Fundo Asilo, Migra&amp;ccedil;&amp;atilde;o e Integra&amp;ccedil;&amp;atilde;o, e desenvolvido pelo CRIA - Centro em Rede de Investiga&amp;ccedil;&amp;atilde;o em Antropologia. A obra &amp;eacute; resultado de uma pesquisa conduzida ao longo de 2023 e que envolveu um trabalho no terreno com as comunidades mu&amp;ccedil;ulmanas de Sintra.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>[{"name":"Solidariedade Social"}]</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/fim_europa.jpg</t>
+  </si>
+  <si>
+    <t>Depressão Ingrid obriga ao adiamento da Corrida Fim da Europa</t>
+  </si>
+  <si>
+    <t>Esta decisão da prova que junta atletas nacionais e internacionais, prevista para este domingo, surge com o objetivo de colocar em segurança todos os participantes e tem por base as condições climatéricas adversas provocadas pela depressão Ingrid.</t>
+  </si>
+  <si>
+    <t>&lt;p style="text-align: justify;"&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Tendo em conta esta decis&amp;atilde;o, todos os alimentos adquiridos, cerca de 6 mil pe&amp;ccedil;as de fruta e sandes, ser&amp;atilde;o agora distribu&amp;iacute;das por bombeiros, for&amp;ccedil;as de seguran&amp;ccedil;a e associa&amp;ccedil;&amp;otilde;es de apoio &amp;agrave; comunidade em situa&amp;ccedil;&amp;atilde;o de sem&amp;#8209;abrigo, todas institui&amp;ccedil;&amp;otilde;es Sintrenses, garantindo que os bens alimentares t&amp;ecirc;m um destino &amp;uacute;til e imediato, refor&amp;ccedil;ando o compromisso social do munic&amp;iacute;pio.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;A autarquia Sintrense est&amp;aacute; a acompanhar permanentemente a evolu&amp;ccedil;&amp;atilde;o meteorol&amp;oacute;gica, mantendo ativa a articula&amp;ccedil;&amp;atilde;o com todas as entidades de prote&amp;ccedil;&amp;atilde;o civil.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Recorde-se que esta prova liga o centro da vila de Sintra ao Cabo da Roca, passando pelo centro da serra de Sintra.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/banner_serra.png</t>
+  </si>
+  <si>
+    <t>AVISO | Encerramento dos acessos à Serra de Sintra devido a condições meteorológicas adversas</t>
+  </si>
+  <si>
+    <t>A decisão tomada por Marco Almeida, presidente da Câmara Municipal de Sintra, em articulação com o os agentes de proteção civil de Sintra, visa garantir a proteção da população Sintrense e dos visitantes.</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;As previs&amp;otilde;es meteorol&amp;oacute;gicas apontam para vento de oeste, com rajadas que poder&amp;atilde;o atingir os 110 km/h, sobretudo no litoral e nas zonas de maior altitude. Estas condi&amp;ccedil;&amp;otilde;es aumentam significativamente o risco de queda de &amp;aacute;rvores e ramos, instabilidade de elementos soltos e fragilidade de estruturas.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Acessos encerrados:&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Cancela na Az&amp;oacute;ia&lt;/li&gt;
+&lt;li&gt;Urca &amp;rarr; Capuchos&lt;/li&gt;
+&lt;li&gt;Urca &amp;rarr; Peninha&lt;/li&gt;
+&lt;li&gt;Cruzamento da Az&amp;oacute;ia&lt;/li&gt;
+&lt;li&gt;Cruzamento da Portela &amp;rarr; Az&amp;oacute;ia&lt;/li&gt;
+&lt;li&gt;Cruzamento dos Capuchos &amp;rarr; Cruzamento da Portela&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;O encerramento manter-se-&amp;aacute; enquanto persistirem as condi&amp;ccedil;&amp;otilde;es meteorol&amp;oacute;gicas adversas, sendo a situa&amp;ccedil;&amp;atilde;o acompanhada de forma permanente pelas entidades competentes. O Munic&amp;iacute;pio de Sintra, liderado pelo presidente Marco Almeida, continua a monitorizar a evolu&amp;ccedil;&amp;atilde;o do estado do tempo, avaliando constantemente a seguran&amp;ccedil;a na &amp;aacute;rea da Serra.&lt;/p&gt;
+&lt;p&gt;A C&amp;acirc;mara Municipal de Sintra refor&amp;ccedil;a o apelo &amp;agrave; popula&amp;ccedil;&amp;atilde;o para que respeite a sinaliza&amp;ccedil;&amp;atilde;o existente e as orienta&amp;ccedil;&amp;otilde;es das autoridades, evitando desloca&amp;ccedil;&amp;otilde;es para a Serra de Sintra durante o per&amp;iacute;odo cr&amp;iacute;tico. A informa&amp;ccedil;&amp;atilde;o ser&amp;aacute; atualizada nos canais oficiais do Munic&amp;iacute;pio Sintrense.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/115.jpg</t>
+  </si>
+  <si>
+    <t>AVISO | Encerramento de Parques e Monumentos de Sintra devido ao mau tempo</t>
+  </si>
+  <si>
+    <t>Por forma a garantir a segurança de todos s Sintrenses e visitantes, serão temporariamente encerrados o Parque da Liberdade e Quinta da Ribafria, em Sintra, e a Quinta Nova da Assunção, em Belas.</t>
+  </si>
+  <si>
+    <t>&lt;p style="text-align: justify;"&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Estar&amp;atilde;o tamb&amp;eacute;m encerrados os seguintes monumentos: Parque e Pal&amp;aacute;cio Nacional da Pena, Castelo dos Mouros, Parque e Pal&amp;aacute;cio de Monserrate, Convento dos Capuchos e Quinta da Regaleira.&lt;br&gt;&lt;br&gt;O jardim da Biblioteca Municipal de Sintra encontra&amp;#8209;se tamb&amp;eacute;m encerrado, de forma a salvaguardar a seguran&amp;ccedil;a dos utilizadores deste espa&amp;ccedil;o.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;O encerramento manter-se-&amp;aacute; enquanto persistirem as condi&amp;ccedil;&amp;otilde;es meteorol&amp;oacute;gicas adversas, sendo a situa&amp;ccedil;&amp;atilde;o acompanhada de forma permanente pelas entidades competentes.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;A autarquia Sintrense, liderada por Marco Almeida, acompanha de forma permanente a evolu&amp;ccedil;&amp;atilde;o das condi&amp;ccedil;&amp;otilde;es meteorol&amp;oacute;gicas e mant&amp;eacute;m ativa a articula&amp;ccedil;&amp;atilde;o com as entidades de prote&amp;ccedil;&amp;atilde;o civil, apelando &amp;agrave; popula&amp;ccedil;&amp;atilde;o para que adote comportamentos preventivos e siga as recomenda&amp;ccedil;&amp;otilde;es das autoridades.&lt;/p&gt;
+&lt;p&gt;&amp;nbsp;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/banner_750x400_1.jpg</t>
+  </si>
+  <si>
+    <t>Mau Tempo | Sintra assegura resposta em todo o território</t>
+  </si>
+  <si>
+    <t>Ao longo da madrugada, registaram-se, em todo o território Sintrense, situações de queda de árvores e inundações.</t>
+  </si>
+  <si>
+    <t>&lt;p style="text-align: justify;"&gt; A instabilidade meteorol&amp;oacute;gica e o n&amp;uacute;mero de ocorr&amp;ecirc;ncias obrigaram ainda ao corte tempor&amp;aacute;rio de vias municipais em v&amp;aacute;rias freguesias.&lt;br&gt;&lt;br&gt;Marco Almeida, presidente da C&amp;acirc;mara Municipal de Sintra, acompanhou no terreno os trabalhos desenvolvidos pelas equipas operacionais, refor&amp;ccedil;ando a import&amp;acirc;ncia da coordena&amp;ccedil;&amp;atilde;o entre servi&amp;ccedil;os e da resposta atempada. Para Marco Almeida, "a nossa prioridade &amp;eacute; garantir a seguran&amp;ccedil;a das pessoas e restabelecer as condi&amp;ccedil;&amp;otilde;es de circula&amp;ccedil;&amp;atilde;o o mais rapidamente poss&amp;iacute;vel. As equipas municipais, for&amp;ccedil;as de seguran&amp;ccedil;a, bombeiros e juntas de freguesia atuaram de forma pronta e incans&amp;aacute;vel, permitindo responder eficazmente &amp;agrave;s situa&amp;ccedil;&amp;otilde;es registadas no concelho" acrescentando que &amp;ldquo;todo este trabalho demonstra a capacidade de resposta conjunta do munic&amp;iacute;pio e das entidades parceiras, garantindo que a popula&amp;ccedil;&amp;atilde;o Sintrense sente a presen&amp;ccedil;a do munic&amp;iacute;pio quando mais precisa&amp;rdquo;.&lt;br&gt;&lt;br&gt;A C&amp;acirc;mara Municipal de Sintra mant&amp;eacute;m como prioridade assegurar a seguran&amp;ccedil;a, a mobilidade e o normal funcionamento das atividades econ&amp;oacute;micas e sociais. O presidente acrescenta ainda: &amp;ldquo;continuaremos a acompanhar a evolu&amp;ccedil;&amp;atilde;o da situa&amp;ccedil;&amp;atilde;o e a atuar sempre que necess&amp;aacute;rio. Agrade&amp;ccedil;o a dedica&amp;ccedil;&amp;atilde;o de todas as equipas que estiveram no terreno e a colabora&amp;ccedil;&amp;atilde;o de todos&amp;rdquo;.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/120.jpg</t>
+  </si>
+  <si>
+    <t>Sintra distingue atletas e equipas do Troféu Sintra a Correr</t>
+  </si>
+  <si>
+    <t>A sessão contou com a presença de Andreia Bernardo, vice-presidente da autarquia Sintrense e responsável pelo pelouro do Desporto, que congratulou todos os premiados e destacou a importância desta iniciativa, sublinhando que o Troféu “reflete o trabalho conjunto desenvolvido ao longo de vários meses e a forte união entre associações, clubes, freguesias e Município, contribuindo para a dinamização do desporto em Sintra.” Andreia Bernardo acrescentou ainda que “no futuro, esperamos contar com o envolvimento de ainda mais entidades e parceiros, para que este Troféu continue a crescer e se afirme cada vez mais como uma referência no panorama desportivo Sintrense.” A edição 2024/2025 do Troféu Sintra a Correr distinguiu 85 atletas nas categorias benjamins, infantis, iniciados, juvenis, seniores, veteranos e desporto adaptado.</t>
+  </si>
+  <si>
+    <t>&lt;p style="text-align: justify;"&gt;A sess&amp;atilde;o contou com a presen&amp;ccedil;a de Andreia Bernardo, vice-presidente da autarquia Sintrense e respons&amp;aacute;vel pelo pelouro do Desporto, que congratulou todos os premiados e destacou a import&amp;acirc;ncia desta iniciativa, sublinhando que o Trof&amp;eacute;u &amp;ldquo;reflete o trabalho conjunto desenvolvido ao longo de v&amp;aacute;rios meses e a forte uni&amp;atilde;o entre associa&amp;ccedil;&amp;otilde;es, clubes, freguesias e Munic&amp;iacute;pio, contribuindo para a dinamiza&amp;ccedil;&amp;atilde;o do desporto em Sintra.&amp;rdquo; Andreia Bernardo acrescentou ainda que &amp;ldquo;no futuro, esperamos contar com o envolvimento de ainda mais entidades e parceiros, para que este Trof&amp;eacute;u continue a crescer e se afirme cada vez mais como uma refer&amp;ecirc;ncia no panorama desportivo Sintrense.&amp;rdquo;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;A edi&amp;ccedil;&amp;atilde;o 2024/2025 do Trof&amp;eacute;u Sintra a Correr distinguiu 85 atletas nas categorias benjamins, infantis, iniciados, juvenis, seniores, veteranos e desporto adaptado. No plano coletivo, foram distinguidas 10 equipas Sintrenses e cinco forma&amp;ccedil;&amp;otilde;es externas.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;As 14 provas do Trof&amp;eacute;u Sintra a Correr decorreram em seis freguesias do concelho, registando um total de 4270 participa&amp;ccedil;&amp;otilde;es, entre atletas em representa&amp;ccedil;&amp;atilde;o de clubes e a t&amp;iacute;tulo individual, distribu&amp;iacute;dos pelos diversos escal&amp;otilde;es da competi&amp;ccedil;&amp;atilde;o.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;O Sintra a Correr tem como objetivo principal incentivar a popula&amp;ccedil;&amp;atilde;o &amp;agrave; pr&amp;aacute;tica de uma atividade f&amp;iacute;sica e desportiva informal e acess&amp;iacute;vel a todos como forma de manuten&amp;ccedil;&amp;atilde;o da sa&amp;uacute;de e do bem-estar e &amp;eacute; constitu&amp;iacute;do por um quadro competitivo que prev&amp;ecirc; a realiza&amp;ccedil;&amp;atilde;o de provas de atletismo ao longo da &amp;eacute;poca desportiva.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&amp;nbsp;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;RESULTADOS&amp;nbsp;&lt;/strong&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Nesta edi&amp;ccedil;&amp;atilde;o foram distinguidos, por escal&amp;atilde;o, os seguintes atletas:&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&amp;nbsp;&amp;nbsp;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;Benjamins Femininos&lt;/strong&gt; &amp;mdash; Ana Sofia Pires Sol (Joma), In&amp;ecirc;s Neves da Fonseca (Individual), Kelly Neves (Associa&amp;ccedil;&amp;atilde;o Desportiva de Palmeiros), Maria do Carmo Serrano (Os Caracois do Asfalto) e Carolina Maria Pereira da Cruz (G.D.R. de Manique de Cima);&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;Benjamins Masculinos&lt;/strong&gt; &amp;mdash; Martim Afonso (USC Mira &amp;ndash; Sintra), Diogo Dias (Correr Queluz), Magno Camalacuca (Joma), Rodrigo Brighton Brand&amp;atilde;o (USC Mira &amp;ndash; Sintra) e Jo&amp;atilde;o Correia Constan&amp;ccedil;o (Joma);&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;Infantis Femininos&lt;/strong&gt; &amp;mdash; Melissa Cabral (Joma), Nicole Neves (Associa&amp;ccedil;&amp;atilde;o Desportiva de Palmeiros), Let&amp;iacute;cia Oliveira (C.C.D. Sintrense), Adriana Ver&amp;iacute;ssimo (Associa&amp;ccedil;&amp;atilde;o Desportiva de Palmeiros) e Daniela Moleiro Valadas (Funda&amp;ccedil;&amp;atilde;o Salesianos);&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;Infantis Masculinos&lt;/strong&gt; &amp;mdash; Jorge Pantana (Sport Uni&amp;atilde;o Colarense), Guilherme Aguiar (Joma) e Duarte Rocha (Individual);&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;Infantis Masculinos &amp;ndash; Escolas&lt;/strong&gt; &amp;mdash; Gaspar Maximiano Marques e Pedro Nunes (Agrupamento de Escolas Monte da Lua);&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;Iniciados Masculinos&lt;/strong&gt; &amp;mdash; Afonso Corvo (Sport Uni&amp;atilde;o Colarense), Louren&amp;ccedil;o Corvo (Sport Uni&amp;atilde;o Colarense), Bernardo Gir&amp;atilde;o Ginja (USC Mira &amp;ndash; Sintra), Lucas Gir&amp;atilde;o Ginja (USC Mira &amp;ndash; Sintra) e Sim&amp;atilde;o Silva (G.D.R. de Manique de Cima);&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;Juvenis Femininos&lt;/strong&gt; &amp;mdash; Camila Dias (G.D.R. de Manique de Cima);&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;Juvenis Masculinos&lt;/strong&gt; &amp;mdash; Tiago Francisco (Ingleses Futebol Clube), Jo&amp;atilde;o Trigo (C.C.D. Sintrense) e Andr&amp;eacute; Sousa (Varitintas);&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;Juniores Femininos&lt;/strong&gt; &amp;mdash; In&amp;ecirc;s Francisco (Ingleses Futebol Clube), Susana Santos (Futebol Clube Recreativo do Ross&amp;atilde;o) e Beatriz Maria Pereira da Cruz (G.D.R. de Manique de Cima);&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;Juniores Masculinos&lt;/strong&gt; &amp;mdash; Dinis Afonso (Casa do Benfica de Algueir&amp;atilde;o &amp;ndash; Mem Martins);&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;Seniores Femininos&lt;/strong&gt; &amp;mdash; Alexandra Mourato (Casa do Benfica de Algueir&amp;atilde;o &amp;ndash; Mem Martins), D&amp;eacute;bora Monteiro (Casa do Benfica de Algueir&amp;atilde;o &amp;ndash; Mem Martins) e In&amp;ecirc;s Saraiva (Joma); sS&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;Seniores Masculinos&lt;/strong&gt; &amp;mdash; Gelson Gon&amp;ccedil;alves (Associa&amp;ccedil;&amp;atilde;o Desportiva de Palmeiros), Tiago Sim&amp;otilde;es (Associa&amp;ccedil;&amp;atilde;o Desportiva de Palmeiros) e S&amp;eacute;rgio Pinto (Joma); &lt;strong&gt;Veteranas F35&lt;/strong&gt; &amp;mdash; Carolina Guedes (Correr Queluz), Joana Correia (Correr Queluz) e Evelina Kocharova (G.R.C.D. de Lei&amp;atilde;o);&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;Veteranos M35&lt;/strong&gt; &amp;mdash; Tiago Corvo (Sport Uni&amp;atilde;o Colarense), Leonel Fonte (Os Caracois do Asfalto) e Tiago Gabriel (Associa&amp;ccedil;&amp;atilde;o Free Runners);&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;Veteranas F40&lt;/strong&gt; &amp;mdash; Emiberta Silva (Associa&amp;ccedil;&amp;atilde;o Socio&amp;#8209;Cultural Vale Grande), Carina Castro (Individual) e Priscila Oliveira (Associa&amp;ccedil;&amp;atilde;o Desportiva de Palmeiros);&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;Veteranos M40&lt;/strong&gt; &amp;mdash; Leonel Marques (Individual), S&amp;iacute;lvio Rom&amp;atilde;o (Clube Recreativo Esp&amp;iacute;rito Santo de Odivelas) e Lu&amp;iacute;s Barracho (G.R.C.D. de Lei&amp;atilde;o);&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;Veteranas F45&lt;/strong&gt; &amp;mdash; Ana Mendes (Associa&amp;ccedil;&amp;atilde;o Desportiva de Palmeiros), Graciete Carrico (Os Caracois do Asfalto) e S&amp;oacute;nia Machado (GM 1.&amp;ordm; Dezembro Queijas);&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;Veteranos M45&lt;/strong&gt; &amp;mdash; Nelson Fonseca (Associa&amp;ccedil;&amp;atilde;o Desportiva de Palmeiros), David Abrantes Karim (Linda&amp;#8209;A&amp;#8209;Pastora Sporting Clube) e Jos&amp;eacute; Augusto Sobral Gomes (Agualva Runners);&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;Veteranas F50&lt;/strong&gt; &amp;mdash; Sandra Ba&amp;ccedil;&amp;atilde;o (G.R.C.D. de Lei&amp;atilde;o), Joana Caldeira (Associa&amp;ccedil;&amp;atilde;o de Moradores da Atib&amp;aacute;) e Goreti Borges (Linda&amp;#8209;A&amp;#8209;Pastora Sporting Clube);&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;Veteranos M50&lt;/strong&gt; &amp;mdash; Miguel Ginja (USC Mira &amp;ndash; Sintra), Jorge Pardal (Associa&amp;ccedil;&amp;atilde;o Desportiva de Palmeiros) e Isidro Jer&amp;oacute;nimo Sim&amp;otilde;es (Associa&amp;ccedil;&amp;atilde;o Desportiva de Palmeiros); &lt;strong&gt;Veteranas F55&lt;/strong&gt; &amp;mdash; Raquel Maria Alves Pereira (Agualva Runners), Anabela Moreira (Correr Queluz) e Anabela Ferreira (CF Os Belenenses);&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;Veteranos M55&lt;/strong&gt; &amp;mdash; &amp;Aacute;lvaro Oliveira (Associa&amp;ccedil;&amp;atilde;o Desportiva de Palmeiros), Francisco Gon&amp;ccedil;alves (Associa&amp;ccedil;&amp;atilde;o Desportiva de Palmeiros) e J&amp;uacute;lio Finote (C.C.D. Sintrense);&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;Veteranas F60&lt;/strong&gt; &amp;mdash; Maria Gon&amp;ccedil;alves (Correr Queluz), Maria Clara Augusto (Correr Queluz) e Emilia Borges (C.C.D. Sintrense);&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;Veteranos M60&lt;/strong&gt; &amp;mdash; Rui Grazina (C.C.D. Sintrense), Jos&amp;eacute; Pinto (Federa&amp;ccedil;&amp;atilde;o da Fam&amp;iacute;lia para a Paz Mundial e Unifica&amp;ccedil;&amp;atilde;o) e Jorge Amaro Figueiredo (C.C.D. Sintrense);&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;Veteranos M65&lt;/strong&gt; &amp;mdash; Armindo Sampaio (C.C.D. Sintrense), Jaime Pinto (Associa&amp;ccedil;&amp;atilde;o Desportiva de Palmeiros) e Jos&amp;eacute; Sim&amp;otilde;es (Linda&amp;#8209;A&amp;#8209;Pastora Sporting Clube);&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;Veteranos M70&lt;/strong&gt; &amp;mdash; Jo&amp;atilde;o Fernandes Soares (Casa do Benfica de Algueir&amp;atilde;o &amp;ndash; Mem Martins), Rog&amp;eacute;rio Ven&amp;acirc;ncio (Individual) e Jaime Silva (Associa&amp;ccedil;&amp;atilde;o Desportiva de Palmeiros);&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;Desporto Adaptado Feminino&lt;/strong&gt; &amp;mdash; Isabel Gomes (Correr Queluz);&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;Desporto Adaptado Masculino&lt;/strong&gt; &amp;mdash; Ricardo Jorge (Amigos do Atletismo da Charneca da Caparica), Lu&amp;iacute;s Esteves (U.R.C.A.) e Carlos Rocha (Correr Queluz).&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&amp;nbsp;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;No plano coletivo&lt;/strong&gt;, foram distinguidas as equipas Associa&amp;ccedil;&amp;atilde;o Desportiva de Palmeiros, Correr Queluz, Casa do Benfica de Algueir&amp;atilde;o&amp;ndash;Mem Martins, C.C.D. Sintrense, Joma, U.S.C. Mira Sintra, G.D.R. de Manique de Cima, Agualva Runners, Os Carac&amp;oacute;is do Asfalto e Sport Uni&amp;atilde;o Colarense, todas do concelho de Sintra. Foram igualmente premiadas as equipas do G.R.C.D. de Lei&amp;atilde;o, Federa&amp;ccedil;&amp;atilde;o das Fam&amp;iacute;lias para a Paz Mundial e a Unifica&amp;ccedil;&amp;atilde;o, Linda-a-Pastora Sporting Clube, Ingleses Futebol Clube e C.F. Os Belenenses.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/banner_750x400.jpg</t>
+  </si>
+  <si>
+    <t>Sintra com roteiro cultural este fim de semana</t>
+  </si>
+  <si>
+    <t>No sábado, pelas 15h00, poderá participar na visita temática na Casa-Museu Leal da Câmara, intitulada “As Duas Guerras Mundiais do séc.</t>
+  </si>
+  <si>
+    <t>&lt;p style="text-align: justify;"&gt; XX&amp;rdquo;, que convida o p&amp;uacute;blico a explorar uma cole&amp;ccedil;&amp;atilde;o de caricaturas e retratos alusivos a esses conflitos hist&amp;oacute;ricos. Neste museu, aproveite ainda para conhecer a mostra tempor&amp;aacute;ria &amp;ldquo;Escritores Portugueses por Leal da C&amp;acirc;mara&amp;rdquo;, em exibi&amp;ccedil;&amp;atilde;o at&amp;eacute; 9 de maio.&lt;br&gt;&lt;br&gt; Posteriormente, &amp;agrave;s 16h00, &amp;eacute; a vez da Casa da Cultura L&amp;iacute;vio de Morais acolher a inaugura&amp;ccedil;&amp;atilde;o da exposi&amp;ccedil;&amp;atilde;o de pintura de Pedro Botelho, que ficar&amp;aacute; patente at&amp;eacute; 28 de fevereiro.&lt;br&gt;&lt;br&gt; O Centro Cultural Olga Cadaval &amp;eacute; palco para o concerto de homenagem &amp;agrave; Marquesa de Cadaval, pelas 17h00, interpretado pelo pianista Ant&amp;oacute;nio Rosado, iniciativa que j&amp;aacute; se encontra esgotada.&lt;br&gt;&lt;br&gt; Ao longo do fim de semana poder&amp;aacute;, ainda, visitar gratuitamente as exposi&amp;ccedil;&amp;otilde;es patentes nos Museus Municipais de Sintra.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&amp;ldquo;A Cole&amp;ccedil;&amp;atilde;o de Cunha e Costa: um Portugal que nos Une&amp;rdquo; &amp;eacute; a mostra patente no Museu Ferreira de Castro, onde s&amp;atilde;o apresentadas pe&amp;ccedil;as &amp;uacute;nicas, constitu&amp;iacute;das maioritariamente por cer&amp;acirc;mica figurativa e utilit&amp;aacute;ria, que refletem a cultura, as hist&amp;oacute;rias e as t&amp;eacute;cnicas ancestrais de diversas comunidades, de norte a sul do pa&amp;iacute;s.&lt;br&gt;&lt;br&gt; J&amp;aacute; no MU.SA &amp;ndash; Museu das Artes de Sintra, o p&amp;uacute;blico poder&amp;aacute; conhecer &amp;ldquo;Pappus&amp;rdquo;, de Vera Fonseka e Sejin Cho, que convida a uma experi&amp;ecirc;ncia sensorial entre som, palavra e imagem; &amp;ldquo;Reflections&amp;rdquo;, que desafia o olhar atrav&amp;eacute;s da geometria, da repeti&amp;ccedil;&amp;atilde;o e da transforma&amp;ccedil;&amp;atilde;o das formas; e "Milly Possoz - Uma po&amp;eacute;tica do espa&amp;ccedil;o&amp;rdquo;, que revela a rela&amp;ccedil;&amp;atilde;o da artista com Sintra, entre 1943 e 1968, atrav&amp;eacute;s da paisagem, do patrim&amp;oacute;nio e das suas ilustra&amp;ccedil;&amp;otilde;es.&lt;br&gt;&lt;br&gt; O Museu de Hist&amp;oacute;ria Natural de Sintra apresenta, at&amp;eacute; 29 de mar&amp;ccedil;o, a mostra &amp;ldquo;Entre o Egeu e o Mar J&amp;oacute;nico, as marcas de uma Nova Civiliza&amp;ccedil;&amp;atilde;o&amp;rdquo;, composta por cer&amp;acirc;mica grega proveniente de uma cole&amp;ccedil;&amp;atilde;o particular.&lt;br&gt;&lt;br&gt; O Museu Anjos Teixeira e o MASMO &amp;ndash; Museu Arqueol&amp;oacute;gico de S&amp;atilde;o Miguel de Odrinhas completam a programa&amp;ccedil;&amp;atilde;o museol&amp;oacute;gica dispon&amp;iacute;vel ao p&amp;uacute;blico.&lt;/p&gt;
+&lt;p&gt;&amp;nbsp;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/54.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sintra assinala 25 anos da Polícia Municipal </t>
+  </si>
+  <si>
+    <t>A sessão solene, que aconteceu no Centro Cultural Olga Cadaval, contou com a presença de Marco Almeida, presidente da Câmara Municipal de Sintra, e de Paulo Simões Ribeiro, secretário de Estado adjunto e da Administração Interna.</t>
+  </si>
+  <si>
+    <t>&lt;p style="text-align: justify;"&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Marco Almeida, presidente da C&amp;acirc;mara Municipal de Sintra sublinhou que &amp;ldquo;os 25 anos da Pol&amp;iacute;cia Municipal simbolizam uma for&amp;ccedil;a essencial para o concelho, marcada pela proximidade &amp;agrave; comunidade, pelo elevado profissionalismo e pela dedica&amp;ccedil;&amp;atilde;o di&amp;aacute;ria &amp;agrave; seguran&amp;ccedil;a e ao bem-estar dos Sintrenses&amp;rdquo;.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Paulo Sim&amp;otilde;es Ribeiro, secret&amp;aacute;rio de Estado Adjunto e da Administra&amp;ccedil;&amp;atilde;o Interna, referiu-se &amp;agrave; Pol&amp;iacute;cia Municipal de Sintra &amp;ldquo;como um exemplo de for&amp;ccedil;a de proximidade&amp;rdquo; salientando o papel relevante das pol&amp;iacute;cias municipais na seguran&amp;ccedil;a interna e no refor&amp;ccedil;o da confian&amp;ccedil;a dos cidad&amp;atilde;os.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Esta cerim&amp;oacute;nia permitiu tamb&amp;eacute;m reconhecer publicamente o trabalho desenvolvido por cinco agentes municipais pelos seus 25 anos ao servi&amp;ccedil;o dos Sintrenses.&lt;br&gt; &lt;br&gt; Recorde-se que a partir de 2026, o dia 16 de janeiro passa a ser assinalado, em Sintra, como o Dia Municipal da Seguran&amp;ccedil;a, numa iniciativa que pretende valorizar o trabalho das for&amp;ccedil;as de seguran&amp;ccedil;a e aproximar a comunidade das entidades que diariamente olham pelo concelho.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&amp;nbsp;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;&amp;nbsp;&lt;/strong&gt;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/banner_750x400_vila-sintra.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Empresas de Sintra distinguidas com estatuto PME Excelência </t>
+  </si>
+  <si>
+    <t>As empresas distinguidas em Sintra representam setores como indústria, comércio, serviços, turismo, construção e transportes, evidenciando a diversidade e o dinamismo do tecido empresarial Sintrense.</t>
+  </si>
+  <si>
+    <t>&lt;p style="text-align: justify;"&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Este reconhecimento evidencia o papel das PME na cria&amp;ccedil;&amp;atilde;o de valor e na competitividade da economia nacional, refor&amp;ccedil;ando a relev&amp;acirc;ncia e o dinamismo do tecido empresarial do concelho.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;O PME Excel&amp;ecirc;ncia &amp;eacute; um selo de reputa&amp;ccedil;&amp;atilde;o atribu&amp;iacute;do desde 2009 pelo IAPMEI e pelo Turismo de Portugal, em parceria com o sistema financeiro e o Banco Portugu&amp;ecirc;s de Fomento, que distingue empresas com solidez financeira, capacidade de inova&amp;ccedil;&amp;atilde;o e um contributo relevante para o desenvolvimento econ&amp;oacute;mico nacional.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&amp;nbsp;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Saiba mais &lt;a href="https://www.iapmei.pt/PRODUTOS-E-SERVICOS/Qualificacao-Certificacao/PME-Lider/PME-Excelencia.aspx" target="_blank"&gt;AQUI&lt;/a&gt;.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>[{"name":"Turismo"}]</t>
+  </si>
+  <si>
+    <t>[{"name":"Tourism"}]</t>
+  </si>
+  <si>
+    <t>[{"name":"Tourisme"}]</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/redes_sociais_desassossego6.jpg</t>
+  </si>
+  <si>
+    <t>“Desassossego” traz dança, teatro e música ao Olga Cadaval</t>
+  </si>
+  <si>
+    <t>Interpretado por alunos do Estúdio 3 Academia, o espetáculo propõe uma travessia emocional pelos conflitos internos e coletivos, explorando temas como a identidade, empatia e transformação.</t>
+  </si>
+  <si>
+    <t>&lt;p style="text-align: justify;"&gt; Entre movimento, palavra e som, &amp;ldquo;Desassossego&amp;rdquo; convida o p&amp;uacute;blico a refletir sobre o equil&amp;iacute;brio entre o individuo e o todo, num di&amp;aacute;logo marcado pela inquieta&amp;ccedil;&amp;atilde;o e pela mudan&amp;ccedil;a.&amp;nbsp;&amp;nbsp;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Este espet&amp;aacute;culo oferece ao p&amp;uacute;blico uma verdadeira viagem art&amp;iacute;stica e emocional, sobre identidade, empatia e transforma&amp;ccedil;&amp;atilde;o.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Os bilhetes est&amp;atilde;o dispon&amp;iacute;veis na &lt;a href="https://www.ticketline.pt/evento/desassossego-100797" target="_blank"&gt;Ticketline&lt;/a&gt;. A programa&amp;ccedil;&amp;atilde;o completa pode ser consultada em &lt;a href="https://ccolgacadaval.pt/" target="_blank"&gt;ccolgacadaval.pt&lt;/a&gt;.&amp;nbsp;&lt;/p&gt;
+&lt;p&gt;&amp;nbsp;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/redes_sociais_grease61.jpg</t>
+  </si>
+  <si>
+    <t>Grease – O Musical chega ao Centro Cultural Olga Cadaval</t>
+  </si>
+  <si>
+    <t>O espetáculo sobe ao palco a 6 de março, às 21h00, e a 7 de março, às 16h00 e às 21h00, trazendo ao concelho a icónica história de Danny e Sandy, marcada pela energia contagiante dos anos 50.</t>
+  </si>
+  <si>
+    <t>&lt;p style="text-align: justify;"&gt; Conhecido pelos encontros e desencontros que continuam a conquistar gera&amp;ccedil;&amp;otilde;es, Grease mant&amp;eacute;m-se como uma obra intemporal que celebra a juventude, a amizade e o poder do amor, apoiada por temas musicais inesquec&amp;iacute;veis que atravessaram d&amp;eacute;cadas.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Com encena&amp;ccedil;&amp;atilde;o de Paulo Sousa Costa, a produ&amp;ccedil;&amp;atilde;o conta ainda com a dire&amp;ccedil;&amp;atilde;o musical de Carolina Puntel e coreografias de Mariana Lu&amp;iacute;s e Pedro Borralho. Cen&amp;aacute;rios e figurinos foram concebidos para criar uma atmosfera vibrante, prometendo transportar o p&amp;uacute;blico para a Calif&amp;oacute;rnia dos anos 50 atrav&amp;eacute;s de uma experi&amp;ecirc;ncia envolvente e memor&amp;aacute;vel.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Os bilhetes j&amp;aacute; se encontram dispon&amp;iacute;veis na &lt;a href="https://www.ticketline.pt/evento/grease-o-musical-100982" target="_blank"&gt;Ticketline&lt;/a&gt;.&amp;nbsp;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Toda a programa&amp;ccedil;&amp;atilde;o do Centro Cultural Olga Cadaval pode ser consultada em &lt;a href="https://ccolgacadaval.pt/" target="_blank"&gt;ccolgacadaval.pt&lt;/a&gt;.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>2026-01-08</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/elctrico-de-sintra_2-1.jpg</t>
+  </si>
+  <si>
+    <t>AVISO | Eléctrico de Sintra com circulação suspensa na manhã de 12 de janeiro</t>
+  </si>
+  <si>
+    <t>O Eléctrico de Sintra liga a serra ao mar através do percurso da vila até à Praia das Maçãs, ao longo de quase 13 quilómetros.</t>
+  </si>
+  <si>
+    <t>&lt;p style="text-align: justify;"&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Numa viagem com a dura&amp;ccedil;&amp;atilde;o de cerca de 45 minutos, os passageiros podem usufruir de um singular passeio tur&amp;iacute;stico entre a Serra de Sintra e o Oceano Atl&amp;acirc;ntico.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;A C&amp;acirc;mara Municipal de Sintra agradece desde j&amp;aacute; a compreens&amp;atilde;o de todos.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&amp;nbsp;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Saiba mais sobre o El&amp;eacute;ctrico de Sintra&amp;nbsp;&lt;a href="https://visitsintra.travel/pt/descobrir/electrico-de-sintra" target="_blank"&gt;AQUI&lt;/a&gt;.&amp;nbsp;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/visita_mily.jpg</t>
+  </si>
+  <si>
+    <t>Descubra o universo artístico de Mily Possoz em visita guiada no MU.SA</t>
+  </si>
+  <si>
+    <t>Esta iniciativa, de entrada livre, dinamizada pela curadora da mostra, Emília Ferreira, proporcionará ao público uma oportunidade única de mergulhar no universo singular da artista modernista.</t>
+  </si>
+  <si>
+    <t>&lt;p style="text-align: justify;"&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;A visita decorre j&amp;aacute; nos &amp;uacute;ltimos dias da exposi&amp;ccedil;&amp;atilde;o, que estar&amp;aacute; patente at&amp;eacute; 1 de fevereiro, constituindo assim uma ocasi&amp;atilde;o &amp;uacute;nica para conhecer este n&amp;uacute;cleo dedicado ao per&amp;iacute;odo em que Mily Possoz viveu e trabalhou em Sintra.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;A exposi&amp;ccedil;&amp;atilde;o integra um projeto de maior dimens&amp;atilde;o, repartido por tr&amp;ecirc;s n&amp;uacute;cleos expositivos: no Museu Nacional de Arte Contempor&amp;acirc;nea, em Lisboa, de 1 de outubro a 1 de fevereiro; no MU.SA, em Sintra, de 3 de outubro a 1 de fevereiro; e no AHEAD &amp;ndash; Advanced Health Education | Health Campus, em Cascais, de 23 de outubro a 1 de fevereiro.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Em Sintra, a mostra ir&amp;aacute; centrar-se no per&amp;iacute;odo de 1943 a 1968, anos em que a artista residiu na vila e registou a sua riqueza natural, patrimonial e humana. O n&amp;uacute;cleo expositivo destaca o trabalho de Mily Possoz na ilustra&amp;ccedil;&amp;atilde;o de livros, publicidade e turismo, com particular enfoque em Sintra e Almada.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Estar&amp;atilde;o em evid&amp;ecirc;ncia pinturas, desenhos, gravuras, matrizes de xilogravura, tape&amp;ccedil;arias e objetos que recriam o universo criativo da artista, incluindo obras ic&amp;oacute;nicas como Alto de Penedo &amp;ndash; Serra de Sintra, vencedora do Pr&amp;eacute;mio Columbano em 1951, pertencente &amp;agrave; Cole&amp;ccedil;&amp;atilde;o Municipal de Arte, al&amp;eacute;m de pe&amp;ccedil;as provenientes de cole&amp;ccedil;&amp;otilde;es particulares e institucionais, nomeadamente do Hotel de Seteais, Hotel Tivoli, Museu Nacional de Arte Contempor&amp;acirc;nea e Funda&amp;ccedil;&amp;atilde;o Calouste Gulbenkian.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Mily Possoz (1888-1968) &amp;eacute; uma das mais relevantes figuras da primeira gera&amp;ccedil;&amp;atilde;o de pintores modernistas portugueses, reconhecida pelo car&amp;aacute;cter internacional da sua obra e pela originalidade com que retratou a paisagem e a viv&amp;ecirc;ncia em Sintra. O seu trabalho afasta-se das representa&amp;ccedil;&amp;otilde;es literais, privilegiando composi&amp;ccedil;&amp;otilde;es assim&amp;eacute;tricas e frequentemente on&amp;iacute;ricas, reveladoras de uma rela&amp;ccedil;&amp;atilde;o profundamente pessoal e emocional com os espa&amp;ccedil;os.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Saiba mais sobre o MU.SA,&amp;nbsp;&lt;a id="menurd4q" title="https://cm-sintra.pt/atualidade/cultura/museus-municipais-de-sintra/mu-sa-museu-das-artes-de-sintra" href="atualidade/cultura/museus-municipais-de-sintra/mu-sa-museu-das-artes-de-sintra" target="_blank" rel="noopener noreferrer" target="_blank"&gt;AQUI&lt;/a&gt;.&lt;/p&gt;
+&lt;p&gt;&amp;nbsp;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/banner_iii-encontro-competncias-contexto-escolar_jan2026.jpg</t>
+  </si>
+  <si>
+    <t>Sintra organiza Encontro de Boas Práticas em Competências Sociais e Emocionais</t>
+  </si>
+  <si>
+    <t>O evento pretende ser um momento de partilha e debate em torno das práticas inovadoras e de qualidade que, em contexto escolar, promovem o desenvolvimento das competências socias e emocionais de crianças e jovens.</t>
+  </si>
+  <si>
+    <t>&lt;p style="text-align: justify;"&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;As escolas participar&amp;atilde;o no debate, quer pela m&amp;atilde;o dos docentes e t&amp;eacute;cnicos respons&amp;aacute;veis por estas interven&amp;ccedil;&amp;otilde;es, numa partilha pr&amp;aacute;tica e ativa, quer pelos alunos que est&amp;atilde;o diretamente envolvidos nos projetos ADN nas suas escolas.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;As compet&amp;ecirc;ncias emocionais e sociais s&amp;atilde;o determinantes no desenvolvimento pessoal dos alunos, no seu sucesso acad&amp;eacute;mico, com impacto na autoestima individual, mas tamb&amp;eacute;m no desempenho profissional futuro e na constru&amp;ccedil;&amp;atilde;o de comunidades, onde os valores essenciais, associados ao conhecimento, tornar&amp;atilde;o o mundo local e global mais justo.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;A partilha, o debate e a an&amp;aacute;lise da efetividade dos projetos desenvolvidos em cada Agrupamento de escolas s&amp;atilde;o alguns dos pilares que caracterizam este programa, que tem vindo a ser apoiado por uma equipa t&amp;eacute;cnica do ISCTE-Instituto Universit&amp;aacute;rio de Lisboa.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Este encontro assinala o encerramento do protocolo de colabora&amp;ccedil;&amp;atilde;o celebrado em 2023 entre o Minist&amp;eacute;rio da Educa&amp;ccedil;&amp;atilde;o, o Munic&amp;iacute;pio de Sintra, a Funda&amp;ccedil;&amp;atilde;o Calouste Gulbenkian e o ISCTE &amp;ndash; Instituto Universit&amp;aacute;rio de Lisboa, que deu continuidade ao trabalho iniciado em 2018 no &amp;acirc;mbito do Estudo Internacional de Compet&amp;ecirc;ncias Sociais e Emocionais, promovido pela OCDE.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;A iniciativa ADN Socioemocional de Sintra 2.0 tem apoiado os Agrupamentos de Escolas do concelho na implementa&amp;ccedil;&amp;atilde;o de planos de a&amp;ccedil;&amp;atilde;o dedicados ao desenvolvimento de compet&amp;ecirc;ncias sociais e emocionais, fomentando pr&amp;aacute;ticas inovadoras e adaptadas &amp;agrave;s necessidades dos alunos.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;A C&amp;acirc;mara Municipal de Sintra pretende continuar a garantir a implementa&amp;ccedil;&amp;atilde;o e continuidade das respostas educativas nas escolas da rede p&amp;uacute;blica, facultando a todos os agrupamentos de escolas o apoio financeiro e t&amp;eacute;cnico-pedag&amp;oacute;gico necess&amp;aacute;rio, que potencie a concretiza&amp;ccedil;&amp;atilde;o de atividades programadas no &amp;acirc;mbito dos seus Planos Anuais de Atividades.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&amp;nbsp;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;A entrada &amp;eacute; livre, mas requer inscri&amp;ccedil;&amp;atilde;o &lt;a title="https://docs.google.com/forms/d/e/1faipqlsf3epx7vsqabjmxkekd-w1urym3p8rsmsfmw752rpytu7-fvw/viewform?usp=dialog" href="https://docs.google.com/forms/d/e/1FAIpQLSf3EpX7VSqabJmXkEkd-w1urYm3p8RsmsfmW752rpYTU7-fvw/viewform?usp=dialog" target="_blank" rel="noopener noreferrer" target="_blank"&gt;AQUI&lt;/a&gt;.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Consulte o programa &lt;a title="https://cloud.cm-sintra.pt/s/2alepgbamb3daei" href="https://cloud.cm-sintra.pt/s/2ALePgBamb3Daei" target="_blank" rel="noopener noreferrer" target="_blank"&gt;AQUI&lt;/a&gt;.&amp;nbsp;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>2026-01-07</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/7.jpg</t>
+  </si>
+  <si>
+    <t>Sintra fiscaliza comércio e serviços em diversos pontos do concelho</t>
+  </si>
+  <si>
+    <t>Marco Almeida, presidente da Câmara Municipal de Sintra, sublinha que “a fiscalização regular é essencial para garantir a segurança, a legalidade e a qualidade dos serviços prestados aos Sintrenses” e reforça que “a autarquia continuará a trabalhar em estreita colaboração com as autoridades para assegurar o cumprimento das normas”.</t>
+  </si>
+  <si>
+    <t>&lt;p style="text-align: justify;"&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Durante a opera&amp;ccedil;&amp;atilde;o da Pol&amp;iacute;cia Municipal de Sintra foram fiscalizados v&amp;aacute;rios estabelecimentos, tendo sido registadas diversas situa&amp;ccedil;&amp;otilde;es. De destacar que um dos estabelecimentos fiscalizados se encontrava em total conformidade com a legisla&amp;ccedil;&amp;atilde;o em vigor. Nos restantes, foram levantados autos de not&amp;iacute;cia por contraordena&amp;ccedil;&amp;atilde;o, relacionados com falta de comunica&amp;ccedil;&amp;atilde;o pr&amp;eacute;via de ocupa&amp;ccedil;&amp;atilde;o da via p&amp;uacute;blica com esplanada e toldos, aus&amp;ecirc;ncia de licen&amp;ccedil;a para recintos e divertimentos p&amp;uacute;blicos, falta de comunica&amp;ccedil;&amp;atilde;o pr&amp;eacute;via de in&amp;iacute;cio de atividade, hor&amp;aacute;rio de funcionamento afixado em desconformidade, aus&amp;ecirc;ncia de cinzeiro no exterior, irregularidades no livro de reclama&amp;ccedil;&amp;otilde;es e incumprimento no envio das reclama&amp;ccedil;&amp;otilde;es &amp;agrave; ASAE no prazo legal, bem como aus&amp;ecirc;ncia de registo de faturas.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Adicionalmente, foram levantados dois autos de not&amp;iacute;cia pela PSP e oito autos de not&amp;iacute;cia por contraordena&amp;ccedil;&amp;atilde;o, relacionados com infra&amp;ccedil;&amp;otilde;es diversas, incluindo consumo de &amp;aacute;lcool.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;A C&amp;acirc;mara Municipal de Sintra refor&amp;ccedil;a que estas a&amp;ccedil;&amp;otilde;es de fiscaliza&amp;ccedil;&amp;atilde;o t&amp;ecirc;m como objetivo promover o cumprimento da legisla&amp;ccedil;&amp;atilde;o e proteger os direitos dos consumidores e comerciantes.&lt;/p&gt;
+&lt;p&gt;&amp;nbsp;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>2026-01-06</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/banner_750x400_projetos-juvenis_1.jpg</t>
+  </si>
+  <si>
+    <t>Candidaturas abertas para ideias e projetos juvenis do concelho de Sintra</t>
+  </si>
+  <si>
+    <t>O programa é direcionado a Associações Juvenis, com ou sem registo no Registo Nacional do Associativismo Jovem, Associações de Estudantes, entidades de carácter juvenil e grupos informais de jovens, desde que sem fins lucrativos e com sede ou atividade em Sintra, e cujos projetos apresentados se realizem dentro do território do município.</t>
+  </si>
+  <si>
+    <t>&lt;p style="text-align: justify;"&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Esta iniciativa integra a estrat&amp;eacute;gia da autarquia para promo&amp;ccedil;&amp;atilde;o de pol&amp;iacute;ticas p&amp;uacute;blicas inclusivas, valorizando o associativismo, a participa&amp;ccedil;&amp;atilde;o c&amp;iacute;vica e a capacidade de iniciativa dos jovens, com o objetivo de identificar e apoiar projetos que respondam &amp;agrave;s necessidades e interesses da popula&amp;ccedil;&amp;atilde;o jovem sintrense.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Al&amp;eacute;m das candidaturas anuais, tamb&amp;eacute;m &amp;eacute; poss&amp;iacute;vel pedir apoio pontual ao longo de todo o ano, com uma anteced&amp;ecirc;ncia m&amp;iacute;nima de 60 dias &amp;uacute;teis relativamente &amp;agrave; data da atividade.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;As candidaturas devem ser submetidas por &lt;a href="institucional/formularios/formularios-juventude" target="_blank"&gt;formul&amp;aacute;rio&lt;/a&gt; pr&amp;oacute;prio, atrav&amp;eacute;s de &lt;a href="mailto:deju.juventude@cm-sintra.pt" target="_blank"&gt;e-mail&lt;/a&gt; ou correio, para a Divis&amp;atilde;o de Educa&amp;ccedil;&amp;atilde;o e Juventude, localizada na Av. Movimento das For&amp;ccedil;as Armadas, 8, 2710-431 Sintra.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Para informa&amp;ccedil;&amp;otilde;es mais detalhadas consulte&amp;nbsp;o &lt;a href="institucional/regulamentos/regulamentos-de-juventude" target="_blank"&gt;Regulamento do Programa Iniciativa Jovem Sintra&lt;/a&gt;.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;&amp;nbsp;&lt;/strong&gt;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/bibliotca.jpg</t>
+  </si>
+  <si>
+    <t>Janeiro chega com novas ofertas culturais nas Bibliotecas de Sintra</t>
+  </si>
+  <si>
+    <t>Não perca a oportunidade de visitar a exposição “Onde nasce o Natal”, patente na Biblioteca Municipal de Sintra, que apresenta uma seleção de presépios artesanais criados pelo GAVE.</t>
+  </si>
+  <si>
+    <t>&lt;p style="text-align: justify;"&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Regressam tamb&amp;eacute;m &amp;agrave; biblioteca de Sintra os Ser&amp;otilde;es Estudantis, uma iniciativa que disponibiliza uma sala de estudo com hor&amp;aacute;rio alargado at&amp;eacute; &amp;agrave;s 02h00, oferecendo aos estudantes um ambiente calmo e prop&amp;iacute;cio &amp;agrave; prepara&amp;ccedil;&amp;atilde;o para a &amp;eacute;poca de exames.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Nos polos das Merc&amp;ecirc;s, Agualva-Cac&amp;eacute;m e Queluz decorrem, ao longo do m&amp;ecirc;s, v&amp;aacute;rios contos/ateli&amp;ecirc;s, entre os quais &amp;ldquo;Obrigado, uma hist&amp;oacute;ria de vizinhos&amp;rdquo;, &amp;ldquo;Retrato dos Meus Av&amp;oacute;s&amp;rdquo;, &amp;ldquo;Come a sopa Marta&amp;rdquo;, &amp;ldquo;O Lobo que Gostava de Dinossauros&amp;rdquo; e &amp;ldquo;A &amp;aacute;rvore das folhas A-4&amp;rdquo;. Estas iniciativas dirigem-se sobretudo &amp;agrave; comunidade escolar e a fam&amp;iacute;lias com crian&amp;ccedil;as, sendo de participa&amp;ccedil;&amp;atilde;o gratuita mediante inscri&amp;ccedil;&amp;atilde;o ou marca&amp;ccedil;&amp;atilde;o pr&amp;eacute;via.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Conhe&amp;ccedil;a as&amp;nbsp;&lt;a href="atualidade/cultura/bibliotecas-municipais" target="_blank"&gt;Bibliotecas Municipais de Sintra&lt;/a&gt;.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;PROGRAMA&lt;/strong&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;BIBLIOTECA MUNICIPAL DE SINTRA&lt;/strong&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;AT&amp;Eacute; 10.JAN | Exposi&amp;ccedil;&amp;atilde;o tempor&amp;aacute;ria &amp;ldquo;Onde nasce o Natal&amp;rdquo;&lt;/strong&gt;&lt;br&gt; &amp;ldquo;Onde nasce o Natal&amp;rdquo; &amp;eacute; uma mostra coletiva de pres&amp;eacute;pios artesanais, que celebra a tradi&amp;ccedil;&amp;atilde;o e o esp&amp;iacute;rito natal&amp;iacute;cio no concelho de Sintra. As obras, criadas por associados e alunos do GAVE &amp;ndash; Grupo de Artistas de Vale de Eureka, destacam-se pela criatividade e diversidade de materiais &amp;mdash; da cer&amp;acirc;mica &amp;agrave; madeira, do tecido &amp;agrave; pintura, do bordado &amp;agrave; tecelagem &amp;mdash; refletindo o talento e a identidade art&amp;iacute;stica do grupo.&lt;br&gt; Uma exposi&amp;ccedil;&amp;atilde;o que preserva a tradi&amp;ccedil;&amp;atilde;o e enaltece a arte e a cultura local. &lt;br&gt; Destinat&amp;aacute;rios: P&amp;uacute;blico em geral, gratuito.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;AT&amp;Eacute;. 13.FEV | Ser&amp;otilde;es Estudantis&lt;br&gt; &lt;/strong&gt;A Biblioteca Municipal de Sintra, d&amp;aacute; continuidade aos ser&amp;otilde;es estudantis at&amp;eacute; 13 de fevereiro, ap&amp;oacute;s o encerramento dos servi&amp;ccedil;os, com o hor&amp;aacute;rio alargado das 20h00 &amp;agrave;s 02h00, atrav&amp;eacute;s da abertura de uma sala que funcionar&amp;aacute; como espa&amp;ccedil;o de estudo durante a &amp;eacute;poca de exames, de modo a responder ao aumento da procura deste equipamento cultural pelos estudantes durante este per&amp;iacute;odo. Para usufruir do hor&amp;aacute;rio alargado, os interessados dever&amp;atilde;o reservar previamente lugar. As marca&amp;ccedil;&amp;otilde;es s&amp;atilde;o feitas diariamente, por telefone ou presencialmente, at&amp;eacute; &amp;agrave;s 19h30. Informa&amp;ccedil;&amp;otilde;es e inscri&amp;ccedil;&amp;otilde;es atrav&amp;eacute;s dos telefones 21&amp;nbsp;923 61 90/62 22.&lt;br&gt; Destinat&amp;aacute;rios: Comunidade escolar.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;06 a 30.JAN, &amp;agrave;s 10h30 e 14h30 | Conto/Ateli&amp;ecirc; &amp;ldquo;Querido drag&amp;atilde;o&amp;rdquo;&lt;br&gt; &lt;/strong&gt;Querido drag&amp;atilde;o, &amp;eacute; uma hist&amp;oacute;ria sobre um menino que recebe um drag&amp;atilde;o de estima&amp;ccedil;&amp;atilde;o. Sem saber como cuidar dele, escreve cartas a v&amp;aacute;rias pessoas &amp;agrave; procura de ajuda.&lt;br&gt; As respostas s&amp;atilde;o divertidas, mas nenhuma resolve totalmente os problemas&amp;hellip;&lt;br&gt; No final, Alex percebe que o essencial &amp;eacute; conhecer o seu drag&amp;atilde;o e criar com ele uma amizade verdadeira. &lt;br&gt; Destinat&amp;aacute;rios: Comunidade escolar - Alunos do pr&amp;eacute;-escolar e 1&amp;deg; ciclo&lt;br&gt; Acesso gratuito, mediante marca&amp;ccedil;&amp;atilde;o pr&amp;eacute;via atrav&amp;eacute;s dos telefones 219 236 171/90.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;10.JAN, 10h00 | Caf&amp;eacute; Mem&amp;oacute;ria&lt;/strong&gt;&lt;br&gt; Caf&amp;eacute; Mem&amp;oacute;ria &amp;eacute; um local de encontro destinado a pessoas com problemas de mem&amp;oacute;ria ou dem&amp;ecirc;ncia, bem como aos respetivos familiares e cuidadores, para partilha de experi&amp;ecirc;ncias e suporte m&amp;uacute;tuo, com o acompanhamento de profissionais de sa&amp;uacute;de ou de a&amp;ccedil;&amp;atilde;o social.&lt;br&gt; Projeto a n&amp;iacute;vel nacional promovido pela Alzheimer Portugal, com apoio t&amp;eacute;cnico e pedag&amp;oacute;gico do Instituto S. Jo&amp;atilde;o de Deus &amp;ndash; Hospital do Telhal.&lt;br&gt; Destinat&amp;aacute;rios: P&amp;uacute;blico em geral, gratuito.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;BIBLIOTECA MUNICIPAL &amp;ndash; P&amp;Oacute;LO DAS MERC&amp;Ecirc;S&lt;/strong&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;06 a 30.JAN, 10h30 e 14h30 | Conto/Ateli&amp;ecirc; &amp;ldquo;Obrigado, uma hist&amp;oacute;ria de vizinhos&amp;rdquo;&lt;br&gt; &lt;/strong&gt;Gra&amp;ccedil;as a uma avaria inesperada, a vida no bairro vai mudar radicalmente. Uma hist&amp;oacute;ria de conviv&amp;ecirc;ncia e rela&amp;ccedil;&amp;otilde;es humanas. Uma hist&amp;oacute;ria sobre todos n&amp;oacute;s!&lt;strong&gt;&lt;br&gt; &lt;/strong&gt;Destinat&amp;aacute;rios: Comunidade escolar - Alunos do pr&amp;eacute;-escolar e 1&amp;deg; ciclo.&lt;strong&gt;&lt;br&gt; &lt;/strong&gt;Acesso gratuito, mediante marca&amp;ccedil;&amp;atilde;o pr&amp;eacute;via atrav&amp;eacute;s dos telefones 219 236&amp;nbsp;880.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;BIBLIOTECA MUNICIPAL &amp;ndash; P&amp;Oacute;LO DE AGUALVA-CAC&amp;Eacute;M&lt;/strong&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;06 a 30.JAN, 10h30 e 14h30 | Conto/Ateli&amp;ecirc; &amp;ldquo;Retrato dos Meus Av&amp;oacute;s&amp;rdquo;&lt;br&gt; &lt;/strong&gt;Av&amp;oacute;s &amp;eacute; a hist&amp;oacute;ria ternurenta de um casal de idosos, o av&amp;ocirc; Manuel e a av&amp;oacute; Manuela que se arranjam com muito cuidado para passearem e dan&amp;ccedil;arem juntos. Apesar da idade, continuam a gostar um do outro como quando eram jovens, valorizando a beleza do envelhecimento, o carinho entre casais idosos e a alegria nas pequenas coisas.&amp;nbsp;&amp;nbsp; &lt;strong&gt;&lt;br&gt; &lt;/strong&gt;Destinat&amp;aacute;rios: Comunidade escolar - Alunos do pr&amp;eacute;-escolar e 1&amp;deg; ciclo.&lt;strong&gt;&lt;br&gt; &lt;/strong&gt;Acesso gratuito, mediante marca&amp;ccedil;&amp;atilde;o pr&amp;eacute;via atrav&amp;eacute;s dos telefones 214 328&amp;nbsp;039.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;10.JAN, 16h00 | Conto/Ateli&amp;ecirc; "Come a sopa Marta"&lt;br&gt; &lt;/strong&gt;A Marta, como muitas crian&amp;ccedil;as, n&amp;atilde;o quer comer sopa, inventa desculpas, faz birras e tenta v&amp;aacute;rias formas para evit&amp;aacute;-la. Enquanto isso, a sopa vai falando e mostrando com humor que n&amp;atilde;o &amp;eacute; assim t&amp;atilde;o assustadora. Aos poucos, a Marta descobre que experimentar n&amp;atilde;o custa e que a sopa pode at&amp;eacute; ser saborosa. Uma hist&amp;oacute;ria divertida que ajuda a mostrar &amp;agrave;s crian&amp;ccedil;as que provar novos alimentos pode ser uma aventura.&lt;br&gt; Destinat&amp;aacute;rios: Fam&amp;iacute;lias com crian&amp;ccedil;as maiores de 4 anos, gratuito, mediante inscri&amp;ccedil;&amp;atilde;o pelo telefone 219&amp;nbsp;236&amp;nbsp;880.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;BIBLIOTECA MUNICIPAL &amp;ndash; P&amp;Oacute;LO DE QUELUZ&lt;/strong&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;06 a 30.JAN, 10h30 e 14h30 | Conto/Ateli&amp;ecirc; &amp;ldquo;O Lobo que Gostava de Dinossauros&amp;rdquo;&lt;br&gt; &lt;/strong&gt;Nesta hist&amp;oacute;ria, o Lobo encontra um ovo diferente de onde vai sair um dinossauro pequenino e muito engra&amp;ccedil;ado! Mas o que fazer com um beb&amp;eacute; que &amp;eacute; t&amp;atilde;o diferente dos outros? Lev&amp;aacute;-lo de volta para o pa&amp;iacute;s dos dinossauros, claro!&lt;strong&gt;&lt;br&gt; &lt;/strong&gt;Destinat&amp;aacute;rios: Comunidade escolar - Alunos do pr&amp;eacute;-escolar e 1&amp;deg; ciclo.&lt;strong&gt;&lt;br&gt; &lt;/strong&gt;Acesso gratuito, mediante marca&amp;ccedil;&amp;atilde;o pr&amp;eacute;via atrav&amp;eacute;s dos telefones 219 236&amp;nbsp;876.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;24.JAN, 16h00 | Conto/Ateli&amp;ecirc; "A &amp;aacute;rvore das folhas A-4"&lt;br&gt; &lt;/strong&gt;Esta &amp;aacute;rvore, em vez de se encher de flores e folhas verdes na primavera, vestiu-se de folhas A4, provocando logo algum burburinho entre os animais da floresta. Muitos afastaram-se, mas os p&amp;aacute;ssaros ficaram a deliciar-se com o que as folhas tinham para contar. Com o outono chegou outra mudan&amp;ccedil;a: o vendaval levou as folhas, mas n&amp;atilde;o as hist&amp;oacute;rias, porque as letras ganharam vida. Ao que parece, estas letras levaram sonhos &amp;agrave;s crian&amp;ccedil;as dos campos que nunca tinham visto o mar&amp;hellip;&amp;raquo;.&lt;strong&gt;&lt;br&gt; &lt;/strong&gt;Destinat&amp;aacute;rios: Fam&amp;iacute;lias com crian&amp;ccedil;as maiores de 4 anos, gratuito, mediante inscri&amp;ccedil;&amp;atilde;o pelo telefone 219 236&amp;nbsp;876.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/redes_sociais_homenagem_olga_cadaval6.jpg</t>
+  </si>
+  <si>
+    <t>ESGOTADO | Sintra recebe concerto único e emocionante em homenagem à Marquesa de Cadaval</t>
+  </si>
+  <si>
+    <t>O concerto, interpretado pelo pianista António Rosado, sob o título “Nobre e Sentimental”, apresenta um programa que reúne algumas das mais relevantes obras do repertório clássico, evocando o universo artístico da Marquesa de Cadaval.</t>
+  </si>
+  <si>
+    <t>&lt;p style="text-align: justify;"&gt;Entre as peças a interpretar estão “Valses Nobles et Sentimentales”, de Maurice Ravel, “Jardins sous la Pluie”, de Claude Debussy, “La Gondoliera”, de Franz Liszt, entre outras.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;A Marquesa de Cadaval teve um papel determinante no desenvolvimento e afirmação do Festival de Música de Sintra, apoiando, através do seu mecenato, jovens músicos que se tornaram referências internacionais da música clássica, como Martha Argerich, Daniel Barenboim, Nelson Freire e Jacqueline du Pré.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Em reconhecimento da sua inestimável contribuição para a vida cultural sintrense, o Centro Cultural Olga Cadaval, principal sala de espetáculos do concelho, recebeu o seu nome, perpetuando o legado e a ligação da Marquesa às artes musicais.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;A entrada para o concerto é gratuita, mediante levantamento de bilhetes exclusivamente na bilheteira do Centro Cultural Olga Cadaval, com o limite máximo de dois bilhetes por pessoa.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Saiba mais sobre a programação Centro Cultural Olga Cadaval em &lt;a href="https://ccolgacadaval.pt/" target="_blank" rel="noopener"&gt;ccolgacadaval.pt&lt;/a&gt;.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>2026-01-05</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/redes_sociais_x6.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Centro Cultural Olga Cadaval recebe celebração de dança e criatividade  </t>
+  </si>
+  <si>
+    <t>O evento será uma verdadeira celebração do movimento artístico e oferece uma oportunidade única de partilha entre os artistas e o público, apresentando uma programação vibrante que inclui apresentações e workshops que irão refletir o dinamismo e a criatividade da dança em Sintra.</t>
+  </si>
+  <si>
+    <t>&lt;p style="text-align: justify;"&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Organizada pelo N&amp;uacute;cleo Inovart&amp;iacute;stico, a mostra re&amp;uacute;ne escolas, academias e grupos de dan&amp;ccedil;a do concelho, promovendo o talento local e a rica diversidade de estilos que caracterizam a comunidade sintrense.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;A Mostra de Dan&amp;ccedil;a de Sintra afirma-se como um movimento art&amp;iacute;stico inclusivo e acess&amp;iacute;vel a todos. Em sua d&amp;eacute;cima edi&amp;ccedil;&amp;atilde;o, o evento refor&amp;ccedil;a a import&amp;acirc;ncia da arte no desenvolvimento da comunidade e no incentivo &amp;agrave; participa&amp;ccedil;&amp;atilde;o cultural.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;N&amp;atilde;o perca esta celebra&amp;ccedil;&amp;atilde;o da dan&amp;ccedil;a e da criatividade local. Os bilhetes j&amp;aacute; est&amp;atilde;o &amp;agrave; venda na &lt;a href="https://www.ticketline.pt/evento/decima-mostra-de-danca-de-sintra-99927" target="_blank"&gt;Ticketline&lt;/a&gt;, e as vagas s&amp;atilde;o limitadas.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Mais informa&amp;ccedil;&amp;otilde;es sobre espet&amp;aacute;culos em &lt;a href="https://ccolgacadaval.pt/" target="_blank"&gt;ccolgacadaval.pt.&lt;/a&gt;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/banner_museus_.jpg</t>
+  </si>
+  <si>
+    <t>Museus Municipais de Sintra iniciam o novo ano com programação para toda a família</t>
+  </si>
+  <si>
+    <t>No MFC - Museu Ferreira de Castro, será possível participar no Clube de Leitura com a obra “O Banqueiro Anarquista”, de Fernando Pessoa, e visitar a exposição “A coleção Cunha e Costa – um Portugal que nos une!”.</t>
+  </si>
+  <si>
+    <t>&lt;p style="text-align: justify;"&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;No MASMO - Museu Arqueol&amp;oacute;gico de S&amp;atilde;o Miguel de Odrinhas, destacam&amp;#8209;se a visita guiada &amp;agrave; exposi&amp;ccedil;&amp;atilde;o &amp;ldquo;Onde o Sol se Apaga no Oceano &amp;ndash; O Santu&amp;aacute;rio mais Ocidental do Imp&amp;eacute;rio Romano!&amp;rdquo; e a Visita&amp;#8209;Descoberta &amp;ldquo;O que as pe&amp;ccedil;as contam&amp;hellip;&amp;rdquo;, propostas pensadas para toda a fam&amp;iacute;lia.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;O MU.SA - Museu das Artes de Sintra tem patente um conjunto de exposi&amp;ccedil;&amp;otilde;es que inclui &amp;ldquo;Pappus&amp;rdquo;, da coletiva Pappus Collective, e &amp;ldquo;Reflections&amp;rdquo;, de M&amp;oacute;nica Capucho, bem como a mostra &amp;ldquo;Milly Possoz &amp;ndash; Uma po&amp;eacute;tica do espa&amp;ccedil;o&amp;rdquo;, com curadoria de Em&amp;iacute;lia Ferreira.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;No MHNS - Museu de Hist&amp;oacute;ria Natural de Sintra continua patente a mostra &amp;ldquo;Entre o Mar Egeu e o Mar J&amp;oacute;nico, as marcas de uma nova civiliza&amp;ccedil;&amp;atilde;o&amp;rdquo;, com pe&amp;ccedil;as de cer&amp;acirc;mica grega que transportam os visitantes para a hist&amp;oacute;ria das antigas civiliza&amp;ccedil;&amp;otilde;es.&amp;nbsp; J&amp;aacute; na Casa-Museu Leal da C&amp;acirc;mara, ser&amp;aacute; poss&amp;iacute;vel visitar a exposi&amp;ccedil;&amp;atilde;o tempor&amp;aacute;ria &amp;ldquo;Escritores Portugueses por Leal da C&amp;acirc;mara&amp;rdquo; e participar na visita tem&amp;aacute;tica &amp;ldquo;As Duas Guerras Mundiais do s&amp;eacute;c. XX&amp;rdquo;.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;A C&amp;acirc;mara Municipal de Sintra recorda que o acesso aos museus municipais &amp;eacute; gratuito durante todo o ano e que algumas atividades requerem inscri&amp;ccedil;&amp;atilde;o pr&amp;eacute;via por telefone. Os Museus Municipais de Sintra esperam por si para partilhar momentos culturais &amp;uacute;nicos nesta &amp;eacute;poca festiva.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Mais informa&amp;ccedil;&amp;otilde;es sobre os Museus Municipais de Sintra,&amp;nbsp;&lt;a href="atualidade/cultura/museus-municipais-de-sintra" target="_blank"&gt;AQUI&lt;/a&gt;.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&amp;nbsp;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;PROGRAMA&lt;/strong&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;span style="text-decoration: underline;"&gt;&lt;strong&gt;CMLC &amp;ndash; Casa-Museu Leal da C&amp;acirc;mara&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;13.JAN at&amp;eacute; 09.MAI | Exposi&amp;ccedil;&amp;atilde;o Tempor&amp;aacute;ria &amp;ldquo;Escritores Portugueses por Leal da C&amp;acirc;mara&amp;rdquo;&lt;/strong&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;A caricatura de escritores foi um tema central na obra de Leal da C&amp;acirc;mara, presente ao longo de toda a sua carreira. Viveu entre Portugal, Madrid e Paris, onde esteve em contacto com os meios intelectuais e culturais do seu tempo, retratando figuras de destaque &amp;mdash; sobretudo escritores e poetas &amp;mdash; muitas vezes a pedido de jornais, revistas e exposi&amp;ccedil;&amp;otilde;es.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Entre estes retratos est&amp;atilde;o os de escritores portugueses de v&amp;aacute;rias &amp;eacute;pocas, desde Gil Vicente e Padre Ant&amp;oacute;nio Vieira at&amp;eacute; contempor&amp;acirc;neos como Ramalho Ortig&amp;atilde;o ou Fialho de Almeida, alguns dos quais foram inclu&amp;iacute;dos no &lt;em&gt;Cat&amp;aacute;logo da Sec&amp;ccedil;&amp;atilde;o Portuguesa da Exposi&amp;ccedil;&amp;atilde;o Internacional do Rio de Janeiro&lt;/em&gt; (1922/23). Leal da C&amp;acirc;mara retratou ainda escritores seus amigos pr&amp;oacute;ximos, como Guerra Junqueiro e Ana de Castro Os&amp;oacute;rio, ilustrando tamb&amp;eacute;m v&amp;aacute;rias das suas obras liter&amp;aacute;rias.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Esta exposi&amp;ccedil;&amp;atilde;o apresenta uma sele&amp;ccedil;&amp;atilde;o desses retratos, com o objetivo de valorizar figuras marcantes da literatura portuguesa e reavivar a mem&amp;oacute;ria das suas obras e do seu legado humanista. Como atividade complementar, ser&amp;aacute; disponibilizada a &lt;em&gt;Atividade Educativa "O Meu Escritor"&lt;/em&gt;, que convida os participantes a criar um retrato caricatural de um dos escritores expostos.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Destinat&amp;aacute;rios: P&amp;uacute;blico em geral&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&amp;nbsp;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;17.JAN, 15h00 | Visita tem&amp;aacute;tica &amp;ldquo;As Duas Guerras Mundiais do s&amp;eacute;c. XX&amp;rdquo;&lt;/strong&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Visita Tem&amp;aacute;tica &lt;em&gt;&amp;lsquo;As Duas Guerras Mundiais do s&amp;eacute;c. XX&amp;rsquo;&lt;/em&gt; &amp;ndash; explorando uma cole&amp;ccedil;&amp;atilde;o de caricaturas e retratos muito representativos, n&amp;atilde;o s&amp;oacute; dos diversos acontecimentos que nessora se sucederam, como, igualmente, dos intervenientes diretos nesses dois conflitos armados (1914-1918; 1939-1945), e que foram, &amp;agrave; &amp;eacute;poca, magistralmente concebidos por Mestre Leal da C&amp;acirc;mara, ent&amp;atilde;o volvido em verdadeiro &amp;lsquo;rep&amp;oacute;rter&amp;rsquo; documental daqueles dois importantes momentos hist&amp;oacute;ricos., tanto a n&amp;iacute;vel europeu, como, tal-qualmente, a n&amp;iacute;vel mundial.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Destinat&amp;aacute;rios: P&amp;uacute;blico em geral&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&amp;nbsp;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;span style="text-decoration: underline;"&gt;&lt;strong&gt;MASMO &amp;ndash; Museu Arqueol&amp;oacute;gico de S&amp;atilde;o Miguel de Odrinhas&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;10.JAN, 15h00 | Visita guiada &amp;agrave; exposi&amp;ccedil;&amp;atilde;o &amp;ldquo;Onde o Sol se apaga no Oceano &amp;ndash; O Santu&amp;aacute;rio mais ocidental do Imp&amp;eacute;rio Romano!&lt;/strong&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;As pe&amp;ccedil;as expostas resultam dos trabalhos que decorrem no S&amp;iacute;tio do Alto da Vigia, que a equipa de Arqueologia da C&amp;acirc;mara Municipal de Sintra tem vindo a realizar desde 2008 at&amp;eacute; aos dias de hoje.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Ao longo de mais de uma d&amp;eacute;cada de escava&amp;ccedil;&amp;otilde;es arqueol&amp;oacute;gicas foi poss&amp;iacute;vel reencontrar e caraterizar alguns aspetos do Santu&amp;aacute;rio Romano consagrado ao Sol e ao Oceano, descoberto acidentalmente no in&amp;iacute;cio do s&amp;eacute;culo XVI, constituindo a primeira descoberta arqueol&amp;oacute;gica feita em Portugal.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Desta exposi&amp;ccedil;&amp;atilde;o destacam-se os altares consagrados ao Sol e ao Oceano, bem como significativos elementos arquitet&amp;oacute;nicos, que facilmente nos transportam para a grandiosidade deste Santu&amp;aacute;rio &amp;uacute;nico &amp;ndash; no &amp;acirc;mbito do Imp&amp;eacute;rio Romano &amp;ndash;, que se encontra diretamente relacionado com os cultos astrais.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&amp;nbsp;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;31.JAN, 15h00 | Visita-descoberta &amp;ldquo;O que as pe&amp;ccedil;as contam&amp;hellip;&amp;rdquo;&lt;/strong&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Comemora&amp;ccedil;&amp;atilde;o do Dia Internacional do Conservador Restaurador&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;No &amp;acirc;mbito da comemora&amp;ccedil;&amp;atilde;o do Dia Internacional do Conservador Restaurador convidamos as fam&amp;iacute;lias a participar na visita-descoberta O que as pe&amp;ccedil;as contam&amp;hellip;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;O ponto de partida desta atividade &amp;eacute; a exposi&amp;ccedil;&amp;atilde;o &amp;ldquo;O Claustro do Tempo&amp;rdquo;. Vamos descobrir e compreender o percurso que as pe&amp;ccedil;as fazem desde a sua descoberta arqueol&amp;oacute;gica at&amp;eacute; &amp;agrave;s vitrinas do Museu. E h&amp;aacute; tanto para contar!&amp;hellip;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Compreender o percurso dos objetos no interior do Museu &amp;ndash; desde a conserva&amp;ccedil;&amp;atilde;o e restauro at&amp;eacute; ao expositor &amp;ndash; &amp;eacute; o objetivo desta visita.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Procuramos, com esta atividade l&amp;uacute;dico-did&amp;aacute;tica, fazer nascer nos participantes o gosto pela pesquisa arqueol&amp;oacute;gica e pela salvaguarda do patrim&amp;oacute;nio, dando especial relev&amp;acirc;ncia &amp;agrave; profiss&amp;atilde;o de conservador-restaurador.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;&amp;nbsp;&lt;/strong&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;span style="text-decoration: underline;"&gt;&lt;strong&gt;MFC - Museu Ferreira de Castro&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;Exposi&amp;ccedil;&amp;atilde;o &amp;ldquo;A cole&amp;ccedil;&amp;atilde;o Cunha e Costa &amp;ndash; um Portugal que nos une!&amp;rdquo;&lt;/strong&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Com base na valiosa cole&amp;ccedil;&amp;atilde;o etnogr&amp;aacute;fica doada ao Munic&amp;iacute;pio de Sintra em 1940 por Eduardo Cunha e Costa, que era &amp;agrave; &amp;eacute;poca, a melhor cole&amp;ccedil;&amp;atilde;o de cer&amp;acirc;mica regional do pa&amp;iacute;s, sendo o produto de mais de quatro dezenas de anos de dedicada, paciente e esclarecida recolha, a exposi&amp;ccedil;&amp;atilde;o &amp;ldquo;A Cole&amp;ccedil;&amp;atilde;o Cunha e Costa &amp;ndash; Um Portugal que nos une&amp;rdquo;, com curadoria de Marta Ribeiro, constitui uma justa homenagem a este colecionador e amigo de Sintra.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Celebrando sobretudo a funcionalidade e os valores art&amp;iacute;sticos, s&amp;atilde;o apresentadas na presente mostra, constitu&amp;iacute;da maioritariamente por cer&amp;acirc;mica figurativa e utilit&amp;aacute;ria, pe&amp;ccedil;as &amp;uacute;nicas, que refletem a cultura, as hist&amp;oacute;rias e as t&amp;eacute;cnicas ancestrais de diversas comunidades, de norte a sul do pa&amp;iacute;s.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Atrav&amp;eacute;s delas e das suas especificidades, &amp;eacute; um Portugal que nos une!&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Destinat&amp;aacute;rios: P&amp;uacute;blico em geral&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&amp;nbsp;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;09.JAN, 18h00 | Clube de Leitura &amp;ldquo;&lt;em&gt;O Banqueiro Anarquista&amp;rdquo;&lt;/em&gt;, de Fernando Pessoa&lt;/strong&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;No m&amp;ecirc;s de janeiro o Clube de Leitura debater&amp;aacute; o livro &amp;ldquo;O Banqueiro Anarquista,&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;de Fernando Pessoa.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&amp;nbsp;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;span style="text-decoration: underline;"&gt;&lt;strong&gt;MU.SA &amp;ndash; Museu das Artes de Sintra&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;At&amp;eacute; 01.FEV | Exposi&amp;ccedil;&amp;atilde;o &amp;ldquo;Milly Possoz - Uma po&amp;eacute;tica do espa&amp;ccedil;o&amp;rdquo;, curadoria de Em&amp;iacute;lia Ferreira&lt;/strong&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;A exposi&amp;ccedil;&amp;atilde;o Mily Possoz, Uma Po&amp;eacute;tica do Espa&amp;ccedil;o &amp;eacute; dividida por tr&amp;ecirc;s espa&amp;ccedil;os &amp;mdash; a Galeria Millennium BCP, no MNAC; o MU.SA-Museu das Artes de Sintra e, em Cascais, as instala&amp;ccedil;&amp;otilde;es da NOVA Medical School -&amp;ndash; Advanced Health Education | Health Campus.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Reunindo obras da cole&amp;ccedil;&amp;atilde;o do MNAC e das cole&amp;ccedil;&amp;otilde;es do Millennium BCP, do Centro de Arte Moderna, da Funda&amp;ccedil;&amp;atilde;o Calouste Gulbenkian, da Funda&amp;ccedil;&amp;atilde;o GALP, da C&amp;acirc;mara Municipal de Sintra, da C&amp;acirc;mara Municipal de Almada, bem como obras in&amp;eacute;ditas na posse da fam&amp;iacute;lia e outras de v&amp;aacute;rias cole&amp;ccedil;&amp;otilde;es particulares - nomeadamente do Hotel de Seteais e Hotel Tivoli -, este conjunto expositivo, com curadoria de Em&amp;iacute;lia Ferreira, constituiu a maior apresenta&amp;ccedil;&amp;atilde;o da obra da modernista Mily Possoz realizada at&amp;eacute; hoje.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Destinat&amp;aacute;rios: P&amp;uacute;blico em geral&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&amp;nbsp;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;At&amp;eacute; 15.FEV | Exposi&amp;ccedil;&amp;atilde;o tempor&amp;aacute;ria &amp;ldquo;Pappus&amp;rdquo;, da coletiva Pappus Collective&lt;/strong&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Pappus re&amp;uacute;ne trabalhos de Vera Fonseka e Sejin Cho, explorando o di&amp;aacute;logo entre som, palavra e presen&amp;ccedil;a.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;A partir de uma instala&amp;ccedil;&amp;atilde;o colaborativa, as artistas investigam a coexist&amp;ecirc;ncia entre diferen&amp;ccedil;as &amp;mdash; culturais, lingu&amp;iacute;sticas e sensoriais &amp;mdash; atrav&amp;eacute;s da tradu&amp;ccedil;&amp;atilde;o entre meios: escrita, voz e imagem.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;O poema mural de Fonseka e o dispositivo sonoro de Cho formam um campo partilhado de escuta e vibra&amp;ccedil;&amp;atilde;o.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Entre sil&amp;ecirc;ncio e reverbera&amp;ccedil;&amp;atilde;o, a exposi&amp;ccedil;&amp;atilde;o prop&amp;otilde;e uma reflex&amp;atilde;o sobre a impossibilidade de apreender o outro e a persist&amp;ecirc;ncia do desejo de rela&amp;ccedil;&amp;atilde;o.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Destinat&amp;aacute;rios: P&amp;uacute;blico em geral&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&amp;nbsp;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;At&amp;eacute; 15.FEV | Exposi&amp;ccedil;&amp;atilde;o tempor&amp;aacute;ria &amp;ldquo;Reflections&amp;rdquo;, de M&amp;oacute;nica Capucho&lt;/strong&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Reflections re&amp;uacute;ne instala&amp;ccedil;&amp;otilde;es de pinturas que exploram a geometria, a repeti&amp;ccedil;&amp;atilde;o e a varia&amp;ccedil;&amp;atilde;o. Cada conjunto parte de uma forma-base que se fragmenta e se transforma, articulando unidade e diferen&amp;ccedil;a. As composi&amp;ccedil;&amp;otilde;es, assentes em estruturas rigorosas, revelam o processo pict&amp;oacute;rico atrav&amp;eacute;s de camadas sobrepostas em preto, branco e cinzento, onde o vis&amp;iacute;vel e o sugerido se entrela&amp;ccedil;am.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Varia&amp;ccedil;&amp;otilde;es subtis e deslocamentos ampliam a perce&amp;ccedil;&amp;atilde;o, convertendo cada obra numa reflex&amp;atilde;o da forma original. O di&amp;aacute;logo entre a pintura principal e as suas deriva&amp;ccedil;&amp;otilde;es cria ecos e correspond&amp;ecirc;ncias, propondo uma experi&amp;ecirc;ncia visual que equilibra estrutura e movimento, precis&amp;atilde;o geom&amp;eacute;trica e materialidade da pintura, num campo de rela&amp;ccedil;&amp;otilde;es que se estende tamb&amp;eacute;m &amp;agrave;s palavras que sustentam o conceito da exposi&amp;ccedil;&amp;atilde;o.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Destinat&amp;aacute;rios: P&amp;uacute;blico em geral&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&amp;nbsp;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;span style="text-decoration: underline;"&gt;&lt;strong&gt;MHNS - Museu de Hist&amp;oacute;ria Natural de Sintra&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;At&amp;eacute; 31.JAN | Exposi&amp;ccedil;&amp;atilde;o &amp;ldquo;Entre o Egeu e o Mar J&amp;oacute;nico, as marcas de uma Nova Civiliza&amp;ccedil;&amp;atilde;o&amp;rdquo;&lt;/strong&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Exposi&amp;ccedil;&amp;atilde;o de pe&amp;ccedil;as de cer&amp;acirc;mica grega provenientes de uma cole&amp;ccedil;&amp;atilde;o particular, Entre o Egeu e o Mar J&amp;oacute;nico, as marcas de uma Nova Civiliza&amp;ccedil;&amp;atilde;o.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Destinat&amp;aacute;rios: P&amp;uacute;blico em geral&lt;/p&gt;
+&lt;p&gt;&amp;nbsp;&lt;/p&gt;
+&lt;p&gt;&amp;nbsp;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>2025-12-30</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/1075.jpg</t>
+  </si>
+  <si>
+    <t>INFO | Carris Metropolitana com ajustes de horários e percursos a partir de janeiro</t>
+  </si>
+  <si>
+    <t>No total, 47 linhas terão ajustes de horário, reforçando a regularidade e a adaptação às dinâmicas de procura.</t>
+  </si>
+  <si>
+    <t>&lt;p style="text-align: justify;"&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Entre as principais mudan&amp;ccedil;as destaca&amp;#8209;se o prolongamento do percurso da linha 1234, que, a partir de janeiro, passar&amp;aacute; a servir a Portela de Sintra (Esta&amp;ccedil;&amp;atilde;o Sul), integrando 9 novas paragens no seu trajeto. Esta extens&amp;atilde;o permitir&amp;aacute; uma maior cobertura territorial e facilitar&amp;aacute; o acesso a pontos estrat&amp;eacute;gicos da rede de transportes.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Com esta altera&amp;ccedil;&amp;atilde;o, a sua designa&amp;ccedil;&amp;atilde;o ser&amp;aacute; alterada para 1234 | Portela Sintra (Esta&amp;ccedil;&amp;atilde;o Sul) &amp;ndash; Mira Sintra (Junta Freguesia), e os seus hor&amp;aacute;rios ter&amp;atilde;o ajustes, que podem ser consultados &lt;a href="https://carrismetropolitana.pt/news/36075" target="_blank"&gt;AQUI&lt;/a&gt;.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;A Carris Metropolitana &amp;eacute; uma marca criada pela Transportes Metropolitanos de Lisboa (TML), sob a qual operam os transportes p&amp;uacute;blicos rodovi&amp;aacute;rios intermunicipais e municipais na &amp;Aacute;rea Metropolitana de Lisboa.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/redes_sociais_bravura_aidana6.jpg</t>
+  </si>
+  <si>
+    <t>“Bravura Ai!aDança” estreia em Sintra com três sessões no Centro Cultural Olga Cadaval</t>
+  </si>
+  <si>
+    <t>O espetáculo contará com três sessões às 15h00, 18h00 e 21h30 onde a produção irá explorar o conceito de “bravura”, destacando a dança como forma de expressão autêntica e ferramenta de cura, dedicando esta performance “a quem não desiste” e a todos os que procuram viver de forma plena e verdadeira.</t>
+  </si>
+  <si>
+    <t>&lt;p style="text-align: justify;"&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Nesta produ&amp;ccedil;&amp;atilde;o do Ai!aDan&amp;ccedil;a, com o apoio da C&amp;acirc;mara Municipal de Sintra, o elenco art&amp;iacute;stico re&amp;uacute;ne core&amp;oacute;grafos como Luc&amp;iacute;lia Bahleixo, Ana Sei&amp;ccedil;a, Paulo Cintr&amp;atilde;o, J&amp;uacute;lio Cajado, Carolina Oliveira, Carla Morais e Catarina Faria, entre outros. Conta ainda com estruturas convidadas, nomeadamente o&amp;nbsp;Belas Dance Center, Centro Shotokai de Queluz, Est&amp;uacute;dio All For Dance, Escola Profissional de Recupera&amp;ccedil;&amp;atilde;o do Patrim&amp;oacute;nio de Sintra, Kizanga, Academia Linear de Torres Vedras e Freiria Sport Clube do Belas Dance Center e a Escola Profissional de Recupera&amp;ccedil;&amp;atilde;o do Patrim&amp;oacute;nio de Sintra.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;A componente musical contar&amp;aacute; com a presen&amp;ccedil;a dos convidados especiais Ant&amp;oacute;nio Pica e Paulo Lawson.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Uma verdadeira celebra&amp;ccedil;&amp;atilde;o da arte e da coragem, "Bravura Ai!aDan&amp;ccedil;a" promete ser um espet&amp;aacute;culo &amp;uacute;nico, que n&amp;atilde;o s&amp;oacute; encanta pela t&amp;eacute;cnica e express&amp;atilde;o art&amp;iacute;stica, mas tamb&amp;eacute;m transmite uma mensagem de for&amp;ccedil;a e determina&amp;ccedil;&amp;atilde;o para todos aqueles que se atrevem a seguir os seus pr&amp;oacute;prios caminhos.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Os bilhetes j&amp;aacute; est&amp;atilde;o dispon&amp;iacute;veis atrav&amp;eacute;s da &lt;a href="https://www.ticketline.pt/evento/bravura-ai-a-danca-99654" target="_blank"&gt;Ticketline&lt;/a&gt;.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Saiba mais sobre a programa&amp;ccedil;&amp;atilde;o em &lt;a href="https://ccolgacadaval.pt/" target="_blank"&gt;ccolgacadaval.pt&lt;/a&gt;.&amp;nbsp;&lt;/p&gt;
+&lt;p&gt;&amp;nbsp;&lt;/p&gt;
+&lt;p&gt;&amp;nbsp;&lt;/p&gt;
+&lt;p&gt;&amp;nbsp;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/smas_aviso.jpg</t>
+  </si>
+  <si>
+    <t>AVISO | Interrupção da recolha de resíduos no dia 1 de janeiro</t>
+  </si>
+  <si>
+    <t>Nesse sentido, e apelando à compreensão de todos, para evitar a dispersão dos resíduos na via pública, solicita-se que os Sintrenses procedam à deposição na contentorização no dia seguinte a esta data.</t>
+  </si>
+  <si>
+    <t>&lt;p style="text-align: justify;"&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Para minimizar os constrangimentos ao n&amp;iacute;vel da recolha, apela-se ainda que os Sintrenses tenham em conta as seguintes medidas:&lt;/p&gt;
+&lt;ul style="text-align: justify;"&gt;
+&lt;li&gt;Os res&amp;iacute;duos dever&amp;atilde;o ser acondicionados de forma adequada, para maximizar a capacidade dos equipamentos de deposi&amp;ccedil;&amp;atilde;o;&lt;/li&gt;
+&lt;li&gt;Os restos alimentares dever&amp;atilde;o ser colocados nos sacos verdes;&lt;/li&gt;
+&lt;li&gt;Evite a deposi&amp;ccedil;&amp;atilde;o de res&amp;iacute;duos indiferenciados na envolvente dos equipamentos, procurando, sempre que poss&amp;iacute;vel, contentoriza&amp;ccedil;&amp;atilde;o com capacidade de recolha;&lt;/li&gt;
+&lt;li&gt;Caso os equipamentos de recolha de res&amp;iacute;duos seletivos (papel/cart&amp;atilde;o, embalagens de pl&amp;aacute;stico/metal e vidro) se encontrem cheios, guarde esses res&amp;iacute;duos em casa, at&amp;eacute; ser poss&amp;iacute;vel deposit&amp;aacute;-los nos equipamentos existentes na via p&amp;uacute;blica;&lt;/li&gt;
+&lt;li&gt;Atrav&amp;eacute;s da Linha de Res&amp;iacute;duos (800 210 020) e dos&amp;nbsp;&lt;a id="menur2lq" title="https://www.smas-sintra.pt/residuos/rede-de-recolha-de-residuos-urbanos/monos/" href="https://www.smas-sintra.pt/residuos/rede-de-recolha-de-residuos-urbanos/monos/" target="_blank" rel="noopener noreferrer" target="_blank"&gt;contactos das juntas e uni&amp;otilde;es de freguesia&lt;/a&gt;, agende a recolha gratuita de res&amp;iacute;duos volumosos (&amp;ldquo;monos&amp;rdquo;).&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p style="text-align: justify;"&gt;Os profissionais dos SMAS de Sintra tudo far&amp;atilde;o para minimizar os problemas que resultem dos constrangimentos na recolha dos res&amp;iacute;duos e apelam &amp;agrave; compreens&amp;atilde;o de todos.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Imagem: DR_SMAS Sintra&lt;/p&gt;
+&lt;p&gt;&amp;nbsp;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>2025-12-29</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/iep.jpg</t>
+  </si>
+  <si>
+    <t>AVISO | Intervenção da Infraestruturas de Portugal origina condicionamento de trânsito na UF de Sintra</t>
+  </si>
+  <si>
+    <t>A intervenção será realizada na ER247, ao km 76,276, até dia 31 de dezembro, no horário compreendido entre as 08h00 e as 18h00.</t>
+  </si>
+  <si>
+    <t>&lt;p style="text-align: justify;"&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Durante a realiza&amp;ccedil;&amp;atilde;o dos trabalhos ser&amp;aacute; necess&amp;aacute;rio implementar condicionamentos &amp;agrave; circula&amp;ccedil;&amp;atilde;o rodovi&amp;aacute;ria na via esquerda, com circula&amp;ccedil;&amp;atilde;o alternada regulada por sinaleiros.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;A Infraestruturas de Portugal agradece a compreens&amp;atilde;o de todos pelos eventuais transtornos causados.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>2025-12-22</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/1077.jpg</t>
+  </si>
+  <si>
+    <t>AVISO | Interrupção da recolha de resíduos no dia 25 de dezembro</t>
+  </si>
+  <si>
+    <t>&lt;p style="text-align: justify;"&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Para minimizar os constrangimentos ao n&amp;iacute;vel da recolha, apela-se ainda que os Sintrenses tenham em conta as seguintes medidas:&lt;/p&gt;
+&lt;ul style="text-align: justify;"&gt;
+&lt;li&gt;Os res&amp;iacute;duos dever&amp;atilde;o ser acondicionados de forma adequada, para maximizar a capacidade dos equipamentos de deposi&amp;ccedil;&amp;atilde;o;&lt;/li&gt;
+&lt;li&gt;Os restos alimentares dever&amp;atilde;o ser colocados nos sacos verdes;&lt;/li&gt;
+&lt;li&gt;Evite a deposi&amp;ccedil;&amp;atilde;o de res&amp;iacute;duos indiferenciados na envolvente dos equipamentos, procurando, sempre que poss&amp;iacute;vel, contentoriza&amp;ccedil;&amp;atilde;o com capacidade de recolha;&lt;/li&gt;
+&lt;li&gt;Caso os equipamentos de recolha de res&amp;iacute;duos seletivos (papel/cart&amp;atilde;o, embalagens de pl&amp;aacute;stico/metal e vidro) se encontrem cheios, guarde esses res&amp;iacute;duos em casa, at&amp;eacute; ser poss&amp;iacute;vel deposit&amp;aacute;-los nos equipamentos existentes na via p&amp;uacute;blica;&lt;/li&gt;
+&lt;li&gt;Atrav&amp;eacute;s da Linha de Res&amp;iacute;duos (800 210 020) e dos &lt;a href="https://www.smas-sintra.pt/residuos/rede-de-recolha-de-residuos-urbanos/monos/" target="_blank"&gt;contactos das juntas e uni&amp;otilde;es de freguesia&lt;/a&gt;, agende a recolha gratuita de res&amp;iacute;duos volumosos (&amp;ldquo;monos&amp;rdquo;).&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p style="text-align: justify;"&gt;Os profissionais dos SMAS de Sintra tudo far&amp;atilde;o para minimizar os problemas que resultem dos constrangimentos na recolha dos res&amp;iacute;duos e apelam &amp;agrave; compreens&amp;atilde;o de todos.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Imagem: DR_SMAS Sintra&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/1076.jpg</t>
+  </si>
+  <si>
+    <t>Sintra reforça ações de fiscalização noturna</t>
+  </si>
+  <si>
+    <t>Com o objetivo de assegurar o cumprimento das normas legais e regulamentares em vigor, durante a ação foram verificados nove estabelecimentos, com alguns a cumprir as regras relativas ao horário de funcionamento.</t>
+  </si>
+  <si>
+    <t>&lt;p style="text-align: justify;"&gt; No entanto, foram identificadas situa&amp;ccedil;&amp;otilde;es de incumprimento, relacionadas com funcionamento fora do hor&amp;aacute;rio permitido, irregularidades documentais e outras desconformidades que exigiram atua&amp;ccedil;&amp;atilde;o imediata.&lt;br&gt; &lt;br&gt; Da opera&amp;ccedil;&amp;atilde;o de fiscaliza&amp;ccedil;&amp;atilde;o noturna da Pol&amp;iacute;cia Municipal de Sintra resultou a instaura&amp;ccedil;&amp;atilde;o de v&amp;aacute;rios processos por infra&amp;ccedil;&amp;otilde;es detetadas e o encaminhamento de um processo adicional para a respetiva entidade competente. Foram ainda determinados cinco encerramentos por incumprimento do hor&amp;aacute;rio estabelecido.&lt;br&gt; &lt;br&gt; A C&amp;acirc;mara Municipal de Sintra continuar&amp;aacute; a desenvolver a&amp;ccedil;&amp;otilde;es coordenadas que promovam o cumprimento da lei, reforcem a seguran&amp;ccedil;a e contribuam para a qualidade de vida dos Sintrenses, garantindo que os estabelecimentos operam em conformidade com as normas aplic&amp;aacute;veis.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>2025-12-19</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/apoiosfinanceiros.jpg</t>
+  </si>
+  <si>
+    <t>Sintra aprova 12 milhões para apoiar freguesias</t>
+  </si>
+  <si>
+    <t>Estes apoios são destinados ao programa de ocupação dos tempos livres de crianças e jovens, à gestão e manutenção de espaços verdes, realização de pequenas reparações e manutenção das infraestruturas envolventes aos estabelecimentos de educação pré-escolar e do 1.° ciclo do ensino básico.</t>
+  </si>
+  <si>
+    <t>&lt;p style="text-align: justify;"&gt;&lt;br&gt; &lt;br&gt; Foi ainda aprovado a celebra&amp;ccedil;&amp;atilde;o de contratos interadministrativos com freguesias para a delega&amp;ccedil;&amp;atilde;o de compet&amp;ecirc;ncias relativas &amp;agrave; conserva&amp;ccedil;&amp;atilde;o e manuten&amp;ccedil;&amp;atilde;o de estabelecimentos de ensino dos 2.&amp;deg; e 3.&amp;deg; ciclos do ensino b&amp;aacute;sico e do ensino secund&amp;aacute;rio da rede p&amp;uacute;blica.&lt;br&gt; &lt;br&gt; Por &amp;uacute;ltimo, foi aprovado um investimento de superior a 10 milh&amp;otilde;es, no &amp;acirc;mbito da gest&amp;atilde;o e conserva&amp;ccedil;&amp;atilde;o dos espa&amp;ccedil;os p&amp;uacute;blicos, equipamentos e parques urbanos.&lt;br&gt; &lt;br&gt; Com estes investimentos, a C&amp;acirc;mara Municipal de Sintra assegura a execu&amp;ccedil;&amp;atilde;o das pol&amp;iacute;ticas municipais de desenvolvimento das freguesias do concelho, promovendo a melhoria das infraestruturas e o bem-estar das popula&amp;ccedil;&amp;otilde;es.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;As propostas agora aprovadas ser&amp;atilde;o submetidas &amp;agrave; aprecia&amp;ccedil;&amp;atilde;o da Assembleia Municipal de Sintra.&lt;/p&gt;
+&lt;p&gt;&amp;nbsp;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/1074.jpg</t>
+  </si>
+  <si>
+    <t>Sintra distinguida com Bandeira Verde ECOXXI</t>
+  </si>
+  <si>
+    <t>Na edição de 2025 Sintra foi um dos 61 municípios candidatos, conseguindo alcançar um índice de desempenho entre 80% e 90% mantendo-se na lista dos mais bem classificados com bons índices de sustentabilidade.</t>
+  </si>
+  <si>
+    <t>&lt;p style="text-align: justify;"&gt;&lt;br&gt; &lt;br&gt; O programa ECOXXI, &amp;eacute; promovido pela Foundation for Environmental Education e desenvolvido em Portugal pela ABAAE &amp;ndash; Associa&amp;ccedil;&amp;atilde;o Bandeira Azul de Ambiente e Educa&amp;ccedil;&amp;atilde;o. Avalia anualmente a atua&amp;ccedil;&amp;atilde;o dos munic&amp;iacute;pios com base em 21 indicadores, abrangendo &amp;aacute;reas como educa&amp;ccedil;&amp;atilde;o para a sustentabilidade, conserva&amp;ccedil;&amp;atilde;o da biodiversidade, ordenamento do territ&amp;oacute;rio, mobilidade sustent&amp;aacute;vel, energia, turismo, agricultura sustent&amp;aacute;vel, transpar&amp;ecirc;ncia, participa&amp;ccedil;&amp;atilde;o da sociedade civil e adapta&amp;ccedil;&amp;atilde;o &amp;agrave;s altera&amp;ccedil;&amp;otilde;es clim&amp;aacute;ticas.&lt;br&gt; &lt;br&gt; A candidatura apresentada pelo Munic&amp;iacute;pio de Sintra foi analisada por uma comiss&amp;atilde;o &amp;nbsp;independente, composta por 34 entidades, integrando organismos p&amp;uacute;blicos, institui&amp;ccedil;&amp;otilde;es acad&amp;eacute;micas e organiza&amp;ccedil;&amp;otilde;es da sociedade civil, assegurando um processo de avalia&amp;ccedil;&amp;atilde;o rigoroso, transparente e tecnicamente validado.&lt;br&gt; &lt;br&gt; Esta conquista confirma o compromisso da C&amp;acirc;mara Municipal de Sintra com a sustentabilidade, a qualidade ambiental e o desenvolvimento respons&amp;aacute;vel do territ&amp;oacute;rio.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>2025-12-18</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/1073.jpg</t>
+  </si>
+  <si>
+    <t>Fim de semana mágico em Sintra com música, teatro e tradições natalícias</t>
+  </si>
+  <si>
+    <t>Entre os destaques, o evento “Sintra Mágica – Era uma vez um Natal mágico” assume um papel central, com animação contínua no Terreiro do Palácio Nacional de Sintra, onde o público pode visitar o mercado de Natal, stands temáticos, a Casa do Pai Natal, carrossel e comboio de carril tradicional, bem como assistir a contos, espetáculos musicais, animação circense, atividades temáticas e ateliers pedagógicos.</t>
+  </si>
+  <si>
+    <t>&lt;p style="text-align: justify;"&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;O espa&amp;ccedil;o estar&amp;aacute; aberto das 11h00 &amp;agrave;s 19h00 ao longo do fim de semana, e contar&amp;aacute; com a atua&amp;ccedil;&amp;atilde;o de Bicharocos Rock Banda, no dia 20 de dezembro, e do Grupo Bandolinista, no dia seguinte, ambos pelas 17h00.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;O Pal&amp;aacute;cio Nacional da Pena proporciona ao p&amp;uacute;blico uma experi&amp;ecirc;ncia &amp;uacute;nica atrav&amp;eacute;s de uma ilumina&amp;ccedil;&amp;atilde;o c&amp;eacute;nica especial, que convida a redescobrir este monumento em ambiente noturno. As visitas noturnas decorrem entre as 18h00 e as 21h00, com entrada gratuita no Parque da Pena j&amp;aacute; esta sexta-feira e s&amp;aacute;bado, dias 19 e 20 de dezembro, e nos pr&amp;oacute;ximos dias 26 e 27 e dezembro.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;O Pa&amp;ccedil;o dos Ribafria, no cora&amp;ccedil;&amp;atilde;o da Vila de Sintra, ser&amp;aacute; palco para o concerto &amp;ldquo;Harmonias da Noite Santa&amp;rdquo; no dia 19 de dezembro, pelas 18h00, com entrada gratuita e integrado na programa&amp;ccedil;&amp;atilde;o &amp;ldquo;Sintra M&amp;aacute;gica - Era uma vez um Natal m&amp;aacute;gico&amp;rdquo;.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Nos dias 20 e 21 de dezembro, a BYfurca&amp;ccedil;&amp;atilde;o Teatro apresenta, no Centro Cultural Olga Cadaval, o espet&amp;aacute;culo de Natal &amp;ldquo;Mais Outro Espet&amp;aacute;culo de Natal!!?&amp;rdquo;, em sess&amp;atilde;o dupla &amp;agrave;s 11h00 e &amp;agrave;s 15h00, com entrada gratuita. Esta produ&amp;ccedil;&amp;atilde;o &amp;eacute; uma par&amp;oacute;dia divertida e emocionante dos tradicionais espet&amp;aacute;culos e musicais de Natal, e que promete encantar mi&amp;uacute;dos e gra&amp;uacute;dos.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;No s&amp;aacute;bado, dia 20 de dezembro, pelas 16h00, este equipamento municipal recebe o tradicional concerto de Natal, pela Orquestra Municipal de Sintra &amp;ndash; D. Fernando II, que j&amp;aacute; se encontra esgotado.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Pelas 21h00, &amp;eacute; a vez da Banda da Sociedade Filarm&amp;oacute;nica de Nossa Senhora da F&amp;eacute; do Monte Abra&amp;atilde;o atuar no sal&amp;atilde;o da Igreja de Nossa Senhora da F&amp;eacute; do Monte Abra&amp;atilde;o para apresentar um concerto natal&amp;iacute;cio.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;No dia seguinte, &amp;agrave;s 16h30, a Sede da Coletividade Montelavar &amp;eacute; palco para um concerto de Natal pela Banda da Sociedade Filarm&amp;oacute;nica Boa Uni&amp;atilde;o Montelavarense. J&amp;aacute; pelas 17h30, a m&amp;uacute;sica faz-se sentir na Igreja de S&amp;atilde;o Jos&amp;eacute; Algueir&amp;atilde;o, com o &amp;ldquo;Concerto de Natal 2025&amp;rdquo; - Cantata de Natal &amp;ndash; Karl Jenkin, pelo Coral Allegro.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Paralelamente, v&amp;aacute;rias exposi&amp;ccedil;&amp;otilde;es tempor&amp;aacute;rias podem ser visitadas. Entre elas, &amp;ldquo;Onde Nasce o Natal&amp;rdquo;, patente at&amp;eacute; 10 de janeiro na Biblioteca Municipal de Sintra &amp;ndash; Galeria Casa Mantero; &amp;ldquo;Mily Possoz. Uma po&amp;eacute;tica do espa&amp;ccedil;o&amp;rdquo;, no MU.SA &amp;ndash; Museu de Artes de Sintra, at&amp;eacute; 1 de fevereiro; e &amp;ldquo;Reflections&amp;rdquo;, de M&amp;oacute;nica Capucho, tamb&amp;eacute;m neste equipamento municipal, at&amp;eacute; 15 de fevereiro.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Outras propostas incluem &amp;ldquo;Entre o Egeu e o Mar J&amp;oacute;nico&amp;rdquo; no Museu de Hist&amp;oacute;ria Natural de Sintra, &amp;ldquo;Leal da C&amp;acirc;mara e a Arte do Desenho&amp;rdquo; na Casa-Museu Leal da C&amp;acirc;mara, e &amp;ldquo;A Cole&amp;ccedil;&amp;atilde;o de Cunha e Costa: Um Portugal que nos Une&amp;rdquo;, no Museu Ferreira de Castro.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&amp;nbsp;&lt;/p&gt;
+&lt;p&gt;&amp;nbsp;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>2025-12-16</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/1063.jpg</t>
+  </si>
+  <si>
+    <t>AVISO | Eléctrico de Sintra e Posto de Turismo do Cabo da Roca encerrados no Natal e Ano Novo</t>
+  </si>
+  <si>
+    <t>Com esta medida a autarquia promove a conciliação familiar, permitindo que todos os trabalhadores dos equipamentos com atendimento ao público desfrutem desta época festiva.</t>
+  </si>
+  <si>
+    <t>&lt;p style="text-align: justify;"&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;A C&amp;acirc;mara Municipal de Sintra agradece a compreens&amp;atilde;o de todos.&lt;/p&gt;</t>
   </si>
   <si>
     <t>2025-12-15</t>
   </si>
   <si>
     <t>https://www.sintraviladigital.pt/files/images/blog/banner_seres-estudantis.jpg</t>
   </si>
   <si>
     <t>Biblioteca Municipal de Sintra em horário alargado na época de exames</t>
   </si>
   <si>
     <t>Em 2026, de 5 de janeiro a 13 de fevereiro e de 8 de junho a 15 de julho, todos os estudantes podem reservar um lugar e usufruir do espaço das 20h00 às 02h00, de segunda-feira a sábado.</t>
   </si>
   <si>
     <t>&lt;p style="text-align: justify;"&gt;&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;Com esta iniciativa, a autarquia de Sintra d&amp;aacute; resposta ao aumento da procura deste equipamento pelos estudantes durante este per&amp;iacute;odo, disponibilizando a sala polivalente ou a cafetaria da biblioteca para apoio ao estudo.&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;Para usufruir do hor&amp;aacute;rio alargado da biblioteca, os interessados devem reservar previamente lugar. As inscri&amp;ccedil;&amp;otilde;es s&amp;atilde;o realizadas diariamente, por telefone ou presencialmente, at&amp;eacute; &amp;agrave;s 19h30, por ordem de chegada e limitadas ao n&amp;uacute;mero de lugares dispon&amp;iacute;veis.&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;&amp;nbsp;Inscri&amp;ccedil;&amp;otilde;es e informa&amp;ccedil;&amp;otilde;es atrav&amp;eacute;s do telefone 219 236 190 ou 219 236 170.&lt;/p&gt;</t>
   </si>
   <si>
-    <t>[{"name":"Institucional"}]</t>
-[...21 lines deleted...]
-  <si>
     <t>https://www.sintraviladigital.pt/files/images/blog/69405f3ae66b81765826362.png</t>
   </si>
   <si>
     <t>Sintra Vila Digital foi ao Mercado da Estefânia</t>
   </si>
   <si>
     <t>Sintra Vila Digital went to the Estefânia Market</t>
   </si>
   <si>
     <t xml:space="preserve">A gestora do Bairro Sintra Vila Digital esteve no Mercado da Estefânia numa ação de informação e apoio aos comerciantes. 
 </t>
   </si>
   <si>
     <t>The project manager of the Bairro Sintra Vila Digital visited the Estefânia Market to provide information and support to local businesses.</t>
   </si>
   <si>
     <t>&lt;p&gt;A gestora do Bairro Sintra Vila Digital esteve no Mercado da Estefânia numa ação de informação e apoio aos comerciantes. &lt;/p&gt;
 &lt;p&gt;Por lá encontrou três aderentes e entusiastas do projeto — Tostas e Picos, Casa dos Ss  e Zero Gluten — que manifestaram grande interesse em contribuir para a dinamização do comércio local e olham para a plataforma como uma excelente ferramenta para impulsionar os seus próprios negócios.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p id="tw-target-text" class="tw-data-text tw-text-large tw-ta" dir="ltr" tabindex="-1" role="text" data-placeholder="Tradução" data-ved="2ahUKEwjCoLScpMCRAxVZV6QEHYK0Ew0Q3ewLegQIDBAW" aria-label="Texto traduzido: The manager of the Sintra Vila Digital neighborhood visited the Estefânia Market to provide information and support to local businesses.
 There, she met three project supporters and enthusiasts — Tostas e Picos, Casa dos Ss, and Zero Gluten — who expressed great interest in contributing to the revitalization of local commerce and see the platform as an excellent tool to boost their own businesses."&gt;&lt;span class="Y2IQFc" lang="en"&gt;The project manager of the Bairro Sintra Vila Digital visited the Estefânia Market to provide information and support to local businesses. &lt;/span&gt;&lt;/p&gt;
 &lt;p class="tw-data-text tw-text-large tw-ta" dir="ltr" tabindex="-1" role="text" data-placeholder="Tradução" data-ved="2ahUKEwjCoLScpMCRAxVZV6QEHYK0Ew0Q3ewLegQIDBAW" aria-label="Texto traduzido: The manager of the Sintra Vila Digital neighborhood visited the Estefânia Market to provide information and support to local businesses.
 There, she met three project supporters and enthusiasts — Tostas e Picos, Casa dos Ss, and Zero Gluten — who expressed great interest in contributing to the revitalization of local commerce and see the platform as an excellent tool to boost their own businesses."&gt;&lt;span class="Y2IQFc" lang="en"&gt;There, she met three project supporters and enthusiasts — Tostas e Picos, Casa dos Ss, and Zero Gluten — who expressed great interest in contributing to the revitalization of local commerce and see the platform as an excellent tool to boost their own businesses.&lt;/span&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>[{"name":"Destaques"},{"name":"Eventos"}]</t>
   </si>
   <si>
     <t>[{"name":"Events"},{"name":"Highlights"}]</t>
   </si>
   <si>
     <t>[{"name":"Eventos"},{"name":"Resúmenes"}]</t>
   </si>
   <si>
     <t>[{"name":"Épreuves"},{"name":"Faits saillants"}]</t>
-  </si>
-[...19 lines deleted...]
-&lt;p style="text-align: justify;"&gt;&amp;ldquo;Este &amp;eacute; o investimento que propomos para os Sintrenses. Ainda n&amp;atilde;o &amp;eacute; o or&amp;ccedil;amento que queremos dar aos Sintrenses, mas &amp;eacute; o primeiro passo. Sintra vai come&amp;ccedil;ar a mudar&amp;rdquo;, garante Marco Almeida.&lt;/p&gt;</t>
   </si>
   <si>
     <t>2025-12-12</t>
   </si>
   <si>
     <t>https://www.sintraviladigital.pt/files/images/blog/exposicaoreflections.jpg</t>
   </si>
   <si>
     <t>Sintra recebe exposição de pintura de Mónica Capucho</t>
   </si>
   <si>
     <t>Reconhecida pela sua abordagem que ultrapassa os limites tradicionais da pintura, Mónica Capucho distingue-se por um trabalho que cruza linguagens e integra imagem e palavra num diálogo constante.</t>
   </si>
   <si>
     <t>&lt;p style="text-align: justify;"&gt; O resultado &amp;eacute; uma narrativa visual de grande intensidade, constru&amp;iacute;da atrav&amp;eacute;s de camadas formais e conceptuais.&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;Em &amp;ldquo;Reflections&amp;rdquo;, apresentam-se instala&amp;ccedil;&amp;otilde;es de pintura que partem de formas geom&amp;eacute;tricas b&amp;aacute;sicas, sujeitas a processos de repeti&amp;ccedil;&amp;atilde;o, varia&amp;ccedil;&amp;atilde;o e fragmenta&amp;ccedil;&amp;atilde;o. Estas composi&amp;ccedil;&amp;otilde;es articulam unidade e diferen&amp;ccedil;a, revelando um pensamento pict&amp;oacute;rico rigoroso e sens&amp;iacute;vel.&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;As obras, assentes em estruturas rigorosas, revelam o processo pict&amp;oacute;rico atrav&amp;eacute;s de camadas sobrepostas em preto, branco e cinzento, onde o vis&amp;iacute;vel e sugerido se entrela&amp;ccedil;am. Varia&amp;ccedil;&amp;otilde;es subtis e deslocamentos ampliam a perce&amp;ccedil;&amp;atilde;o, convertendo cada obra numa reflex&amp;atilde;o da forma original.&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;O di&amp;aacute;logo entre a pintura principal e as suas deriva&amp;ccedil;&amp;otilde;es gera correspond&amp;ecirc;ncias subtis, criando um campo visual que combina precis&amp;atilde;o geom&amp;eacute;trica, movimento e materialidade. As palavras que sustentam o conceito da exposi&amp;ccedil;&amp;atilde;o refor&amp;ccedil;am este entrela&amp;ccedil;amento, ampliando o espa&amp;ccedil;o de reflex&amp;atilde;o proposto pela artista.&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;A exposi&amp;ccedil;&amp;atilde;o reflete tamb&amp;eacute;m o percurso internacional de M&amp;oacute;nica Capucho, cuja obra tem marcado presen&amp;ccedil;a em pa&amp;iacute;ses como Espanha, Brasil e Col&amp;ocirc;mbia. A s&amp;eacute;rie Identidad Femenina, uma das suas mais reconhecidas, foi apresentada em diversas institui&amp;ccedil;&amp;otilde;es de prest&amp;iacute;gio, e o seu trabalho integra cole&amp;ccedil;&amp;otilde;es relevantes, incluindo a Funda&amp;ccedil;&amp;atilde;o PLMJ e a Galeria Municipal Vieira da Silva.&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;&amp;ldquo;Reflections&amp;rdquo; pode ser visitada at&amp;eacute; 15 de fevereiro de 2026, no MU.SA, oferecendo ao p&amp;uacute;blico uma oportunidade singular de conhecer mais profundamente a obra da artista e de explorar o cruzamento entre arte visual, palavra e perce&amp;ccedil;&amp;atilde;o.&lt;/p&gt;
 &lt;p&gt;&amp;nbsp;&lt;/p&gt;
 &lt;p&gt;&amp;nbsp;&lt;/p&gt;
 &lt;p&gt;&amp;nbsp;&lt;/p&gt;</t>
   </si>
   <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/banner_presepiofrancisco-01.jpg</t>
+  </si>
+  <si>
+    <t>Oficinas de construção de presépios sustentáveis do Convento dos Capuchos com novas sessões</t>
+  </si>
+  <si>
+    <t>Assim, a Parques de Sintra lança, agora, três novas sessões marcadas para os dias 21 e 28 de dezembro e 3 de janeiro, às 10h30.</t>
+  </si>
+  <si>
+    <t>&lt;p style="text-align: justify;"&gt; As&amp;nbsp;receitas&amp;nbsp;da atividade t&amp;ecirc;m uma finalidade muito especial: ser&amp;atilde;o utilizadas nos esfor&amp;ccedil;os de&amp;nbsp;refloresta&amp;ccedil;&amp;atilde;o da Serra de Sintra, no seguimento da devasta&amp;ccedil;&amp;atilde;o provocada pela passagem da Depress&amp;atilde;o Martinho em mar&amp;ccedil;o deste ano.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Este programa, especialmente dedicado &amp;agrave;s fam&amp;iacute;lias com crian&amp;ccedil;as de idade superior a 5 anos, permite&amp;nbsp;conhecer a hist&amp;oacute;ria do convento e o modo de vida da comunidade franciscana&amp;nbsp;que o habitou durante quase tr&amp;ecirc;s s&amp;eacute;culos. De seguida, durante um&amp;nbsp;breve passeio pela cerca conventual&amp;nbsp;&amp;mdash; que alberga &amp;aacute;rvores aut&amp;oacute;ctones centen&amp;aacute;rias e uma grande diversidade de plantas, que os frades protegeram e utilizaram na sua alimenta&amp;ccedil;&amp;atilde;o e sa&amp;uacute;de &amp;mdash;, os participantes s&amp;atilde;o convidados a&amp;nbsp;recolher elementos naturais para fazerem o seu pr&amp;oacute;prio pres&amp;eacute;pio sustent&amp;aacute;vel, em torno do qual celebrar&amp;atilde;o o Natal nas suas casas.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;As visitas guiadas ao convento com oficinas de constru&amp;ccedil;&amp;atilde;o de pres&amp;eacute;pios realizam-se no &amp;acirc;mbito da exposi&amp;ccedil;&amp;atilde;o &amp;ldquo;Entre as Pedras e o Musgo, o Pres&amp;eacute;pio de Francisco&amp;rdquo;, que apresenta na&amp;nbsp;Casa da Hortas&amp;nbsp;do Convento dos Capuchos uma&amp;nbsp;cole&amp;ccedil;&amp;atilde;o de cinquenta pres&amp;eacute;pios feitos a partir de plantas e &amp;aacute;rvores provenientes de v&amp;aacute;rias regi&amp;otilde;es do globo, constituindo uma experi&amp;ecirc;ncia est&amp;eacute;tica e contemplativa, bem como uma&amp;nbsp;celebra&amp;ccedil;&amp;atilde;o da biodiversidade, da espiritualidade e da multiculturalidade.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;As&amp;nbsp;pe&amp;ccedil;as moldadas com fibras, sementes, frutos ou madeiras&amp;nbsp;&amp;mdash; como cocos do Camboja, corti&amp;ccedil;a e salgueiro de Portugal, &amp;eacute;bano do Togo e do Gana, mogno do Qu&amp;eacute;nia, marfim-vegetal do Equador, faia da Irlanda ou oliveira de Israel &amp;mdash; pertencem &amp;agrave; cole&amp;ccedil;&amp;atilde;o do&amp;nbsp;Professor Lu&amp;iacute;s Mendon&amp;ccedil;a de Carvalho, titular da c&amp;aacute;tedra UNESCO em Etnobot&amp;acirc;nica no Instituto Polit&amp;eacute;cnico de Beja, e podem ser vistas&amp;nbsp;at&amp;eacute; 6 de janeiro. &amp;nbsp;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;A atividade integra a programa&amp;ccedil;&amp;atilde;o&amp;nbsp;&lt;a href="https://sintramagica.pt/" target="_blank"&gt;Sintra M&amp;aacute;gica &amp;ndash; Era uma vez um Natal m&amp;aacute;gico&lt;/a&gt;, uma organiza&amp;ccedil;&amp;atilde;o da C&amp;acirc;mara Municipal de Sintra, Parques de Sintra e Funda&amp;ccedil;&amp;atilde;o Cultursintra, com o apoio dos SMAS Sintra, EMES e MEO.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Mais informa&amp;ccedil;&amp;otilde;es, &lt;a href="https://www.parquesdesintra.pt/pt/sobre-nos/noticias/natal-2025-convento-dos-capuchos-novas-datas-das-visitas-guiadas-com-construcao-de-presepios-sustentaveis/" target="_blank"&gt;AQUI&lt;/a&gt;.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Imagem: DR_PSML_Luis_Mendonca_de_Carvalho&lt;/p&gt;</t>
+  </si>
+  <si>
     <t>2025-12-11</t>
   </si>
   <si>
-    <t>https://www.sintraviladigital.pt/files/images/blog/elctrico-de-sintra_2-1.jpg</t>
-[...1 lines deleted...]
-  <si>
     <t>AVISO | Circulação do Eléctrico de Sintra suspensa esta quinta-feira</t>
-  </si>
-[...1 lines deleted...]
-    <t>O Eléctrico de Sintra liga a serra ao mar através do percurso da vila até à Praia das Maçãs, ao longo de quase 13 quilómetros.</t>
   </si>
   <si>
     <t>&lt;p style="text-align: justify;"&gt;&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;Numa viagem com a dura&amp;ccedil;&amp;atilde;o de cerca de 45 minutos, os passageiros podem usufruir de um singular passeio tur&amp;iacute;stico entre a Serra de Sintra e o Oceano Atl&amp;acirc;ntico.&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;A C&amp;acirc;mara Municipal de Sintra agradece desde j&amp;aacute; a compreens&amp;atilde;o de todos.&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;&amp;nbsp;&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;Saiba mais sobre o El&amp;eacute;ctrico de Sintra,&amp;nbsp;&lt;a href="https://visitsintra.travel/pt/descobrir/electrico-de-sintra" target="_blank"&gt;AQUI&lt;/a&gt;.&amp;nbsp;&lt;/p&gt;</t>
   </si>
   <si>
     <t>https://www.sintraviladigital.pt/files/images/blog/1047.jpg</t>
   </si>
   <si>
     <t>Sintra celebra cultura e tradição este fim de semana</t>
   </si>
   <si>
     <t>No Terreiro do Palácio Nacional de Sintra, o público poderá encontrar um mercado de Natal, diversos stands, a Casa do Pai Natal, um carrossel e um comboio de carril tradicional, além de contos, espetáculos musicais, animação circense, atividades temáticas e ateliers pedagógicos.</t>
   </si>
   <si>
     <t>&lt;p style="text-align: justify;"&gt; Durante o fim de semana, o espa&amp;ccedil;o est&amp;aacute; aberto das 11h00 &amp;agrave;s 19h00, convidando mun&amp;iacute;cipes e visitantes a viver o esp&amp;iacute;rito natal&amp;iacute;cio em fam&amp;iacute;lia.&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;A magia estende-se tamb&amp;eacute;m ao Pal&amp;aacute;cio Nacional da Pena, com visitas noturnas, e ao Pal&amp;aacute;cio Nacional de Queluz, que apresenta os espet&amp;aacute;culos de video mapping &amp;ldquo;Regresso ao Pal&amp;aacute;cio &amp;ndash; A Viagem Concerto&amp;rdquo;.&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;Na sexta-feira, dia 12 de dezembro, a Casa da Cultura L&amp;iacute;vio de Morais promove a sess&amp;atilde;o de contos tradicionais &amp;ldquo;Hist&amp;oacute;rias Tecidas no Fio da Mem&amp;oacute;ria&amp;rdquo;, &amp;agrave;s 10h00. A noite encerra com o concerto de Marisa Liz, &amp;agrave;s 21h00, no Centro Cultural Olga Cadaval.&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;No s&amp;aacute;bado, dia 13 de dezembro, o Centro Cultural Olga Cadaval recebe as sess&amp;otilde;es de &amp;ldquo;Contos de Natal&amp;rdquo;, de Charles Dickens, &amp;agrave;s 11h00 e 15h00.&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;&amp;Agrave;s 15h00 realiza-se a Festa de Natal das Irm&amp;atilde;s Hospitaleiras, na Casa de Sa&amp;uacute;de da Idanha, e &amp;agrave;s 16h00 decorre a sess&amp;atilde;o &amp;ldquo;Leituras em Fam&amp;iacute;lia &amp;ndash; Eram Tantas Vezes&amp;rdquo;, no Polo da Biblioteca Municipal de Agualva-Cac&amp;eacute;m.&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;Mais tarde, &amp;agrave;s 17h00, o Terreiro Rainha D. Am&amp;eacute;lia acolhe o concerto do ARDECORO. O dia termina na Sociedade Recreativa e Musical de Almo&amp;ccedil;ageme com o espet&amp;aacute;culo comemorativo &amp;ldquo;Anos D&amp;rsquo;Ouro da R&amp;aacute;dio&amp;rdquo;.&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;No dia seguinte, dia 14 de dezembro, o Centro Cultural Olga Cadaval apresenta dois Concertos para Beb&amp;eacute;s, &amp;agrave;s 10h00 e 11h30.&lt;/p&gt;
@@ -455,56 +1211,50 @@
 &lt;p style="text-align: justify;"&gt;Destinat&amp;aacute;rios: P&amp;uacute;blico em geral&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;&amp;nbsp;&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;&lt;strong&gt;V&amp;aacute;rios Locais&lt;/strong&gt;&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;&lt;strong&gt;04 e 05.DEZ | AR-PA - Bienal Ib&amp;eacute;rica de Patrim&amp;oacute;nio Cultural&lt;/strong&gt;&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;Evento inserido nas comemora&amp;ccedil;&amp;otilde;es dos 30 anos de classifica&amp;ccedil;&amp;atilde;o da Paisagem Cultural de Sintra&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;A AR-PA &amp;ndash; Bienal Ib&amp;eacute;rica de Patrim&amp;oacute;nio Cultural &amp;eacute; o evento de refer&amp;ecirc;ncia do sector do Patrim&amp;oacute;nio Cultural, ponto de encontro privilegiado e f&amp;oacute;rum de debate para profissionais e institui&amp;ccedil;&amp;otilde;es de Portugal e Espanha. Na sua 8&amp;ordf; edi&amp;ccedil;&amp;atilde;o a Bienal &amp;eacute; promovida pela C&amp;acirc;mara Municipal de Sintra e pela Funda&amp;ccedil;&amp;atilde;o CulturSintra e dedica-se ao tema dos Centros Hist&amp;oacute;ricos e, em concreto, &amp;agrave; dimens&amp;atilde;o da acessibilidade intelectual e f&amp;iacute;sica a estes locais.&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;&amp;nbsp;&lt;/p&gt;</t>
   </si>
   <si>
     <t>2025-10-01</t>
   </si>
   <si>
     <t>https://www.sintraviladigital.pt/files/images/blog/68e3cbdf1ef101759759327.jpg</t>
   </si>
   <si>
     <t>Obra de Camila Loureiro em destaque no Bairro Sintra Vila Digital</t>
   </si>
   <si>
     <t>A Galeria Municipal - Casa Mantero, de 10 de outubro a 22 de novembro, vai receber uma exposição dedicada a obra de Camila Loureiro, artista de referência no panorama artístico contemporâneo. A entrada é gratuíta.</t>
   </si>
   <si>
     <t>&lt;p&gt;A Câmara Municipal de Sintra apresenta, na Galeria Municipal – Casa Mantero, uma exposição dedicada à obra de Camila Loureiro, para descobrir de 10 de outubro a 22 de novembro, com entrada gratuita.&lt;/p&gt;
 &lt;p&gt;Artista de reconhecido prestígio, Camila Loureiro afirma-se como uma referência no panorama artístico contemporâneo, com obras integradas em prestigiadas instituições, entre as quais a Fundação Calouste Gulbenkian, a Secretaria de Estado da Cultura, a Casa-Museu de Satão Camila Loureiro, o Museu Lourenço Marques, o Museu de Angra do Heroísmo, e a Coleção Municipal de Arte da Câmara Municipal de Sintra.&lt;/p&gt;
 &lt;p&gt;Com um percurso marcado por mais de três dezenas de exposições, em contexto nacional e internacional, a artista destacou-se igualmente pelo papel ativo na organização de mostras que contribuíram decisivamente para a dinamização cultural.&lt;/p&gt;
 &lt;p&gt;Detentora de vários prémios, foi distinguida com a Medalha de Prata dos Inventores de Bruxelas, pela criação de uma técnica inédita de gravura. A sua obra, de profunda sensibilidade estética e reconhecido valor cultural, consolidou o seu prestígio além-fronteiras, suscitando o reconhecimento de especialistas internacionais.&lt;/p&gt;</t>
-  </si>
-[...4 lines deleted...]
-    <t>[{"name":"Culture"}]</t>
   </si>
   <si>
     <t>2025-07-07</t>
   </si>
   <si>
     <t>https://www.sintraviladigital.pt/files/images/blog/68791a10b3aee1752766992.jpg</t>
   </si>
   <si>
     <t>Sintra Vila Digital na ExpoSintra</t>
   </si>
   <si>
     <t>Sintra Vila Digital at ExpoSintra</t>
   </si>
   <si>
     <t>Sintra Vila Digital en ExpoSintra</t>
   </si>
   <si>
     <t>Sintra Vila Digital à ExpoSintra</t>
   </si>
   <si>
     <t>Durante os dias 4, 5 e 6 de julho, a nossa Gestora do Bairro, Sónia Firmino, marcou presença na ExpoSintra para apresentar o projeto Sintra Vila Digital e esclareceu dúvidas junto de comerciantes e visitantes.</t>
   </si>
   <si>
     <t>During July 4, 5, and 6, our Neighborhood Manager, Sónia Firmino, was present at ExpoSintra to present the Sintra Vila Digital project and clarify doubts for merchants and visitors.</t>
   </si>
@@ -865,51 +1615,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:S16"/>
+  <dimension ref="A1:S53"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:19">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -937,559 +1687,1743 @@
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
       <c r="O1" t="s">
         <v>14</v>
       </c>
       <c r="P1" t="s">
         <v>15</v>
       </c>
       <c r="Q1" t="s">
         <v>16</v>
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="2" spans="1:19">
       <c r="A2" t="s">
         <v>19</v>
       </c>
       <c r="B2">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>21</v>
       </c>
       <c r="H2" t="s">
         <v>22</v>
       </c>
       <c r="L2" t="s">
         <v>23</v>
       </c>
       <c r="P2" t="s">
         <v>24</v>
       </c>
       <c r="Q2" t="s">
         <v>25</v>
       </c>
       <c r="R2" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="S2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="3" spans="1:19">
       <c r="A3" t="s">
         <v>19</v>
       </c>
       <c r="B3">
-        <v>115</v>
+        <v>167</v>
       </c>
       <c r="C3" t="s">
         <v>26</v>
       </c>
       <c r="D3" t="s">
         <v>27</v>
       </c>
       <c r="H3" t="s">
         <v>28</v>
       </c>
       <c r="L3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="Q3" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="R3" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="S3" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
     </row>
     <row r="4" spans="1:19">
       <c r="A4" t="s">
         <v>19</v>
       </c>
       <c r="B4">
-        <v>1</v>
+        <v>60</v>
       </c>
       <c r="C4" t="s">
+        <v>34</v>
+      </c>
+      <c r="D4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L4" t="s">
+        <v>37</v>
+      </c>
+      <c r="P4" t="s">
         <v>30</v>
       </c>
-      <c r="D4" t="s">
+      <c r="Q4" t="s">
         <v>31</v>
       </c>
-      <c r="E4" t="s">
+      <c r="R4" t="s">
         <v>32</v>
       </c>
-      <c r="H4" t="s">
+      <c r="S4" t="s">
         <v>33</v>
-      </c>
-[...19 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:19">
       <c r="A5" t="s">
         <v>19</v>
       </c>
       <c r="B5">
-        <v>192</v>
+        <v>60</v>
       </c>
       <c r="C5" t="s">
+        <v>38</v>
+      </c>
+      <c r="D5" t="s">
+        <v>39</v>
+      </c>
+      <c r="H5" t="s">
+        <v>40</v>
+      </c>
+      <c r="L5" t="s">
         <v>41</v>
-      </c>
-[...7 lines deleted...]
-        <v>44</v>
       </c>
       <c r="P5" t="s">
         <v>24</v>
       </c>
       <c r="Q5" t="s">
         <v>25</v>
       </c>
       <c r="R5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="S5" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:19">
       <c r="A6" t="s">
+        <v>19</v>
+      </c>
+      <c r="B6">
+        <v>136</v>
+      </c>
+      <c r="C6" t="s">
+        <v>42</v>
+      </c>
+      <c r="D6" t="s">
+        <v>43</v>
+      </c>
+      <c r="H6" t="s">
+        <v>44</v>
+      </c>
+      <c r="L6" t="s">
         <v>45</v>
       </c>
-      <c r="B6">
-[...2 lines deleted...]
-      <c r="C6" t="s">
+      <c r="P6" t="s">
         <v>46</v>
       </c>
-      <c r="D6" t="s">
+      <c r="Q6" t="s">
         <v>47</v>
       </c>
-      <c r="H6" t="s">
+      <c r="R6" t="s">
         <v>48</v>
       </c>
-      <c r="L6" t="s">
+      <c r="S6" t="s">
         <v>49</v>
-      </c>
-[...10 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:19">
       <c r="A7" t="s">
+        <v>19</v>
+      </c>
+      <c r="B7">
+        <v>68</v>
+      </c>
+      <c r="C7" t="s">
         <v>50</v>
       </c>
-      <c r="B7">
-[...2 lines deleted...]
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>51</v>
       </c>
-      <c r="D7" t="s">
+      <c r="H7" t="s">
         <v>52</v>
       </c>
-      <c r="H7" t="s">
+      <c r="L7" t="s">
         <v>53</v>
       </c>
-      <c r="L7" t="s">
+      <c r="P7" t="s">
         <v>54</v>
       </c>
-      <c r="P7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q7" t="s">
-        <v>25</v>
+        <v>55</v>
       </c>
       <c r="R7" t="s">
-        <v>25</v>
+        <v>55</v>
       </c>
       <c r="S7" t="s">
-        <v>25</v>
+        <v>55</v>
       </c>
     </row>
     <row r="8" spans="1:19">
       <c r="A8" t="s">
-        <v>50</v>
+        <v>19</v>
       </c>
       <c r="B8">
-        <v>175</v>
+        <v>60</v>
       </c>
       <c r="C8" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D8" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="H8" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="L8" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="P8" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="Q8" t="s">
-        <v>25</v>
+        <v>55</v>
       </c>
       <c r="R8" t="s">
-        <v>25</v>
+        <v>55</v>
       </c>
       <c r="S8" t="s">
-        <v>25</v>
+        <v>55</v>
       </c>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" t="s">
-        <v>59</v>
+        <v>19</v>
       </c>
       <c r="B9">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="C9" t="s">
         <v>60</v>
       </c>
       <c r="D9" t="s">
         <v>61</v>
       </c>
       <c r="H9" t="s">
         <v>62</v>
       </c>
       <c r="L9" t="s">
         <v>63</v>
       </c>
       <c r="P9" t="s">
-        <v>24</v>
+        <v>64</v>
       </c>
       <c r="Q9" t="s">
-        <v>25</v>
+        <v>55</v>
       </c>
       <c r="R9" t="s">
-        <v>25</v>
+        <v>55</v>
       </c>
       <c r="S9" t="s">
-        <v>25</v>
+        <v>55</v>
       </c>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" t="s">
-        <v>64</v>
+        <v>19</v>
       </c>
       <c r="B10">
-        <v>91</v>
+        <v>60</v>
       </c>
       <c r="C10" t="s">
         <v>65</v>
       </c>
       <c r="D10" t="s">
         <v>66</v>
       </c>
       <c r="H10" t="s">
         <v>67</v>
       </c>
       <c r="L10" t="s">
         <v>68</v>
       </c>
       <c r="P10" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="Q10" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="R10" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="S10" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" t="s">
-        <v>64</v>
+        <v>19</v>
       </c>
       <c r="B11">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="C11" t="s">
         <v>69</v>
       </c>
       <c r="D11" t="s">
         <v>70</v>
       </c>
       <c r="H11" t="s">
         <v>71</v>
       </c>
       <c r="L11" t="s">
         <v>72</v>
       </c>
       <c r="P11" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="Q11" t="s">
-        <v>25</v>
+        <v>55</v>
       </c>
       <c r="R11" t="s">
-        <v>25</v>
+        <v>55</v>
       </c>
       <c r="S11" t="s">
-        <v>25</v>
+        <v>55</v>
       </c>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" t="s">
+        <v>19</v>
+      </c>
+      <c r="B12">
+        <v>60</v>
+      </c>
+      <c r="C12" t="s">
         <v>73</v>
       </c>
-      <c r="B12">
-[...2 lines deleted...]
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>74</v>
       </c>
-      <c r="D12" t="s">
+      <c r="H12" t="s">
         <v>75</v>
       </c>
-      <c r="H12" t="s">
+      <c r="L12" t="s">
         <v>76</v>
       </c>
-      <c r="L12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P12" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="Q12" t="s">
-        <v>25</v>
+        <v>55</v>
       </c>
       <c r="R12" t="s">
-        <v>25</v>
+        <v>55</v>
       </c>
       <c r="S12" t="s">
-        <v>25</v>
+        <v>55</v>
       </c>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" t="s">
+        <v>19</v>
+      </c>
+      <c r="B13">
+        <v>83</v>
+      </c>
+      <c r="C13" t="s">
+        <v>77</v>
+      </c>
+      <c r="D13" t="s">
         <v>78</v>
       </c>
-      <c r="B13">
-[...2 lines deleted...]
-      <c r="C13" t="s">
+      <c r="H13" t="s">
         <v>79</v>
       </c>
-      <c r="D13" t="s">
+      <c r="L13" t="s">
         <v>80</v>
       </c>
-      <c r="H13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P13" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="Q13" t="s">
-        <v>25</v>
+        <v>55</v>
       </c>
       <c r="R13" t="s">
-        <v>25</v>
+        <v>55</v>
       </c>
       <c r="S13" t="s">
-        <v>25</v>
+        <v>55</v>
       </c>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" t="s">
-        <v>78</v>
+        <v>19</v>
       </c>
       <c r="B14">
-        <v>759</v>
+        <v>403</v>
       </c>
       <c r="C14" t="s">
+        <v>81</v>
+      </c>
+      <c r="D14" t="s">
+        <v>82</v>
+      </c>
+      <c r="H14" t="s">
         <v>83</v>
       </c>
-      <c r="D14" t="s">
+      <c r="L14" t="s">
         <v>84</v>
       </c>
-      <c r="H14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P14" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="Q14" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="R14" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="S14" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" t="s">
+        <v>19</v>
+      </c>
+      <c r="B15">
+        <v>133</v>
+      </c>
+      <c r="C15" t="s">
+        <v>85</v>
+      </c>
+      <c r="D15" t="s">
+        <v>86</v>
+      </c>
+      <c r="H15" t="s">
         <v>87</v>
       </c>
-      <c r="B15">
-[...2 lines deleted...]
-      <c r="C15" t="s">
+      <c r="L15" t="s">
         <v>88</v>
       </c>
-      <c r="D15" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P15" t="s">
-        <v>92</v>
+        <v>24</v>
       </c>
       <c r="Q15" t="s">
-        <v>93</v>
+        <v>25</v>
       </c>
       <c r="R15" t="s">
-        <v>92</v>
+        <v>24</v>
       </c>
       <c r="S15" t="s">
-        <v>93</v>
+        <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" t="s">
+        <v>19</v>
+      </c>
+      <c r="B16">
+        <v>72</v>
+      </c>
+      <c r="C16" t="s">
+        <v>89</v>
+      </c>
+      <c r="D16" t="s">
+        <v>90</v>
+      </c>
+      <c r="H16" t="s">
+        <v>91</v>
+      </c>
+      <c r="L16" t="s">
+        <v>92</v>
+      </c>
+      <c r="P16" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>55</v>
+      </c>
+      <c r="R16" t="s">
+        <v>55</v>
+      </c>
+      <c r="S16" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="17" spans="1:19">
+      <c r="A17" t="s">
+        <v>19</v>
+      </c>
+      <c r="B17">
+        <v>60</v>
+      </c>
+      <c r="C17" t="s">
+        <v>93</v>
+      </c>
+      <c r="D17" t="s">
         <v>94</v>
       </c>
-      <c r="B16">
+      <c r="H17" t="s">
+        <v>95</v>
+      </c>
+      <c r="L17" t="s">
+        <v>96</v>
+      </c>
+      <c r="P17" t="s">
+        <v>97</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>98</v>
+      </c>
+      <c r="R17" t="s">
+        <v>97</v>
+      </c>
+      <c r="S17" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="18" spans="1:19">
+      <c r="A18" t="s">
+        <v>19</v>
+      </c>
+      <c r="B18">
+        <v>60</v>
+      </c>
+      <c r="C18" t="s">
+        <v>100</v>
+      </c>
+      <c r="D18" t="s">
+        <v>101</v>
+      </c>
+      <c r="H18" t="s">
+        <v>102</v>
+      </c>
+      <c r="L18" t="s">
+        <v>103</v>
+      </c>
+      <c r="P18" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>25</v>
+      </c>
+      <c r="R18" t="s">
+        <v>24</v>
+      </c>
+      <c r="S18" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="19" spans="1:19">
+      <c r="A19" t="s">
+        <v>19</v>
+      </c>
+      <c r="B19">
+        <v>60</v>
+      </c>
+      <c r="C19" t="s">
+        <v>104</v>
+      </c>
+      <c r="D19" t="s">
+        <v>105</v>
+      </c>
+      <c r="H19" t="s">
+        <v>106</v>
+      </c>
+      <c r="L19" t="s">
+        <v>107</v>
+      </c>
+      <c r="P19" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>25</v>
+      </c>
+      <c r="R19" t="s">
+        <v>24</v>
+      </c>
+      <c r="S19" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="20" spans="1:19">
+      <c r="A20" t="s">
+        <v>108</v>
+      </c>
+      <c r="B20">
+        <v>60</v>
+      </c>
+      <c r="C20" t="s">
+        <v>109</v>
+      </c>
+      <c r="D20" t="s">
+        <v>110</v>
+      </c>
+      <c r="H20" t="s">
+        <v>111</v>
+      </c>
+      <c r="L20" t="s">
+        <v>112</v>
+      </c>
+      <c r="P20" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>55</v>
+      </c>
+      <c r="R20" t="s">
+        <v>55</v>
+      </c>
+      <c r="S20" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="21" spans="1:19">
+      <c r="A21" t="s">
+        <v>108</v>
+      </c>
+      <c r="B21">
+        <v>115</v>
+      </c>
+      <c r="C21" t="s">
+        <v>113</v>
+      </c>
+      <c r="D21" t="s">
+        <v>114</v>
+      </c>
+      <c r="H21" t="s">
+        <v>115</v>
+      </c>
+      <c r="L21" t="s">
+        <v>116</v>
+      </c>
+      <c r="P21" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>55</v>
+      </c>
+      <c r="R21" t="s">
+        <v>55</v>
+      </c>
+      <c r="S21" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="22" spans="1:19">
+      <c r="A22" t="s">
+        <v>108</v>
+      </c>
+      <c r="B22">
+        <v>119</v>
+      </c>
+      <c r="C22" t="s">
+        <v>117</v>
+      </c>
+      <c r="D22" t="s">
+        <v>118</v>
+      </c>
+      <c r="H22" t="s">
+        <v>119</v>
+      </c>
+      <c r="L22" t="s">
+        <v>120</v>
+      </c>
+      <c r="P22" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>55</v>
+      </c>
+      <c r="R22" t="s">
+        <v>55</v>
+      </c>
+      <c r="S22" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="23" spans="1:19">
+      <c r="A23" t="s">
+        <v>121</v>
+      </c>
+      <c r="B23">
+        <v>88</v>
+      </c>
+      <c r="C23" t="s">
+        <v>122</v>
+      </c>
+      <c r="D23" t="s">
+        <v>123</v>
+      </c>
+      <c r="H23" t="s">
+        <v>124</v>
+      </c>
+      <c r="L23" t="s">
+        <v>125</v>
+      </c>
+      <c r="P23" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>55</v>
+      </c>
+      <c r="R23" t="s">
+        <v>55</v>
+      </c>
+      <c r="S23" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="24" spans="1:19">
+      <c r="A24" t="s">
+        <v>126</v>
+      </c>
+      <c r="B24">
+        <v>65</v>
+      </c>
+      <c r="C24" t="s">
+        <v>127</v>
+      </c>
+      <c r="D24" t="s">
+        <v>128</v>
+      </c>
+      <c r="H24" t="s">
+        <v>129</v>
+      </c>
+      <c r="L24" t="s">
+        <v>130</v>
+      </c>
+      <c r="P24" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>55</v>
+      </c>
+      <c r="R24" t="s">
+        <v>55</v>
+      </c>
+      <c r="S24" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="25" spans="1:19">
+      <c r="A25" t="s">
+        <v>126</v>
+      </c>
+      <c r="B25">
+        <v>379</v>
+      </c>
+      <c r="C25" t="s">
+        <v>131</v>
+      </c>
+      <c r="D25" t="s">
+        <v>132</v>
+      </c>
+      <c r="H25" t="s">
+        <v>133</v>
+      </c>
+      <c r="L25" t="s">
+        <v>134</v>
+      </c>
+      <c r="P25" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>55</v>
+      </c>
+      <c r="R25" t="s">
+        <v>55</v>
+      </c>
+      <c r="S25" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="26" spans="1:19">
+      <c r="A26" t="s">
+        <v>126</v>
+      </c>
+      <c r="B26">
+        <v>69</v>
+      </c>
+      <c r="C26" t="s">
+        <v>135</v>
+      </c>
+      <c r="D26" t="s">
+        <v>136</v>
+      </c>
+      <c r="H26" t="s">
+        <v>137</v>
+      </c>
+      <c r="L26" t="s">
+        <v>138</v>
+      </c>
+      <c r="P26" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>25</v>
+      </c>
+      <c r="R26" t="s">
+        <v>24</v>
+      </c>
+      <c r="S26" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="27" spans="1:19">
+      <c r="A27" t="s">
+        <v>139</v>
+      </c>
+      <c r="B27">
+        <v>60</v>
+      </c>
+      <c r="C27" t="s">
+        <v>140</v>
+      </c>
+      <c r="D27" t="s">
+        <v>141</v>
+      </c>
+      <c r="H27" t="s">
+        <v>142</v>
+      </c>
+      <c r="L27" t="s">
+        <v>143</v>
+      </c>
+      <c r="P27" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>25</v>
+      </c>
+      <c r="R27" t="s">
+        <v>24</v>
+      </c>
+      <c r="S27" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="28" spans="1:19">
+      <c r="A28" t="s">
+        <v>139</v>
+      </c>
+      <c r="B28">
+        <v>598</v>
+      </c>
+      <c r="C28" t="s">
+        <v>144</v>
+      </c>
+      <c r="D28" t="s">
+        <v>145</v>
+      </c>
+      <c r="H28" t="s">
+        <v>146</v>
+      </c>
+      <c r="L28" t="s">
+        <v>147</v>
+      </c>
+      <c r="P28" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>25</v>
+      </c>
+      <c r="R28" t="s">
+        <v>24</v>
+      </c>
+      <c r="S28" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="29" spans="1:19">
+      <c r="A29" t="s">
+        <v>148</v>
+      </c>
+      <c r="B29">
+        <v>60</v>
+      </c>
+      <c r="C29" t="s">
+        <v>149</v>
+      </c>
+      <c r="D29" t="s">
+        <v>150</v>
+      </c>
+      <c r="H29" t="s">
+        <v>151</v>
+      </c>
+      <c r="L29" t="s">
+        <v>152</v>
+      </c>
+      <c r="P29" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q29" t="s">
+        <v>55</v>
+      </c>
+      <c r="R29" t="s">
+        <v>55</v>
+      </c>
+      <c r="S29" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="30" spans="1:19">
+      <c r="A30" t="s">
+        <v>148</v>
+      </c>
+      <c r="B30">
+        <v>90</v>
+      </c>
+      <c r="C30" t="s">
+        <v>153</v>
+      </c>
+      <c r="D30" t="s">
+        <v>154</v>
+      </c>
+      <c r="H30" t="s">
+        <v>155</v>
+      </c>
+      <c r="L30" t="s">
+        <v>156</v>
+      </c>
+      <c r="P30" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q30" t="s">
+        <v>55</v>
+      </c>
+      <c r="R30" t="s">
+        <v>55</v>
+      </c>
+      <c r="S30" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="31" spans="1:19">
+      <c r="A31" t="s">
+        <v>148</v>
+      </c>
+      <c r="B31">
+        <v>72</v>
+      </c>
+      <c r="C31" t="s">
+        <v>157</v>
+      </c>
+      <c r="D31" t="s">
+        <v>158</v>
+      </c>
+      <c r="H31" t="s">
+        <v>159</v>
+      </c>
+      <c r="L31" t="s">
+        <v>160</v>
+      </c>
+      <c r="P31" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>55</v>
+      </c>
+      <c r="R31" t="s">
+        <v>55</v>
+      </c>
+      <c r="S31" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="32" spans="1:19">
+      <c r="A32" t="s">
+        <v>161</v>
+      </c>
+      <c r="B32">
+        <v>60</v>
+      </c>
+      <c r="C32" t="s">
+        <v>162</v>
+      </c>
+      <c r="D32" t="s">
+        <v>163</v>
+      </c>
+      <c r="H32" t="s">
+        <v>164</v>
+      </c>
+      <c r="L32" t="s">
+        <v>165</v>
+      </c>
+      <c r="P32" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>55</v>
+      </c>
+      <c r="R32" t="s">
+        <v>55</v>
+      </c>
+      <c r="S32" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="33" spans="1:19">
+      <c r="A33" t="s">
+        <v>166</v>
+      </c>
+      <c r="B33">
+        <v>71</v>
+      </c>
+      <c r="C33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D33" t="s">
+        <v>168</v>
+      </c>
+      <c r="H33" t="s">
+        <v>159</v>
+      </c>
+      <c r="L33" t="s">
+        <v>169</v>
+      </c>
+      <c r="P33" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q33" t="s">
+        <v>55</v>
+      </c>
+      <c r="R33" t="s">
+        <v>55</v>
+      </c>
+      <c r="S33" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="34" spans="1:19">
+      <c r="A34" t="s">
+        <v>166</v>
+      </c>
+      <c r="B34">
+        <v>60</v>
+      </c>
+      <c r="C34" t="s">
+        <v>170</v>
+      </c>
+      <c r="D34" t="s">
+        <v>171</v>
+      </c>
+      <c r="H34" t="s">
+        <v>172</v>
+      </c>
+      <c r="L34" t="s">
+        <v>173</v>
+      </c>
+      <c r="P34" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q34" t="s">
+        <v>55</v>
+      </c>
+      <c r="R34" t="s">
+        <v>55</v>
+      </c>
+      <c r="S34" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="35" spans="1:19">
+      <c r="A35" t="s">
+        <v>174</v>
+      </c>
+      <c r="B35">
+        <v>62</v>
+      </c>
+      <c r="C35" t="s">
+        <v>175</v>
+      </c>
+      <c r="D35" t="s">
+        <v>176</v>
+      </c>
+      <c r="H35" t="s">
+        <v>177</v>
+      </c>
+      <c r="L35" t="s">
+        <v>178</v>
+      </c>
+      <c r="P35" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q35" t="s">
+        <v>55</v>
+      </c>
+      <c r="R35" t="s">
+        <v>55</v>
+      </c>
+      <c r="S35" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="36" spans="1:19">
+      <c r="A36" t="s">
+        <v>174</v>
+      </c>
+      <c r="B36">
+        <v>65</v>
+      </c>
+      <c r="C36" t="s">
+        <v>179</v>
+      </c>
+      <c r="D36" t="s">
+        <v>180</v>
+      </c>
+      <c r="H36" t="s">
+        <v>181</v>
+      </c>
+      <c r="L36" t="s">
+        <v>182</v>
+      </c>
+      <c r="P36" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q36" t="s">
+        <v>55</v>
+      </c>
+      <c r="R36" t="s">
+        <v>55</v>
+      </c>
+      <c r="S36" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="37" spans="1:19">
+      <c r="A37" t="s">
+        <v>183</v>
+      </c>
+      <c r="B37">
+        <v>189</v>
+      </c>
+      <c r="C37" t="s">
+        <v>184</v>
+      </c>
+      <c r="D37" t="s">
+        <v>185</v>
+      </c>
+      <c r="H37" t="s">
+        <v>186</v>
+      </c>
+      <c r="L37" t="s">
+        <v>187</v>
+      </c>
+      <c r="P37" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q37" t="s">
+        <v>55</v>
+      </c>
+      <c r="R37" t="s">
+        <v>55</v>
+      </c>
+      <c r="S37" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="38" spans="1:19">
+      <c r="A38" t="s">
+        <v>188</v>
+      </c>
+      <c r="B38">
+        <v>60</v>
+      </c>
+      <c r="C38" t="s">
+        <v>189</v>
+      </c>
+      <c r="D38" t="s">
+        <v>190</v>
+      </c>
+      <c r="H38" t="s">
+        <v>191</v>
+      </c>
+      <c r="L38" t="s">
+        <v>192</v>
+      </c>
+      <c r="P38" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q38" t="s">
+        <v>55</v>
+      </c>
+      <c r="R38" t="s">
+        <v>55</v>
+      </c>
+      <c r="S38" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="39" spans="1:19">
+      <c r="A39" t="s">
+        <v>193</v>
+      </c>
+      <c r="B39">
+        <v>60</v>
+      </c>
+      <c r="C39" t="s">
+        <v>194</v>
+      </c>
+      <c r="D39" t="s">
+        <v>195</v>
+      </c>
+      <c r="H39" t="s">
+        <v>196</v>
+      </c>
+      <c r="L39" t="s">
+        <v>197</v>
+      </c>
+      <c r="P39" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>55</v>
+      </c>
+      <c r="R39" t="s">
+        <v>55</v>
+      </c>
+      <c r="S39" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="40" spans="1:19">
+      <c r="A40" t="s">
+        <v>193</v>
+      </c>
+      <c r="B40">
         <v>1</v>
       </c>
-      <c r="C16" t="s">
-[...38 lines deleted...]
-      <c r="P16" t="s">
+      <c r="C40" t="s">
+        <v>198</v>
+      </c>
+      <c r="D40" t="s">
+        <v>199</v>
+      </c>
+      <c r="E40" t="s">
+        <v>200</v>
+      </c>
+      <c r="H40" t="s">
+        <v>201</v>
+      </c>
+      <c r="I40" t="s">
+        <v>202</v>
+      </c>
+      <c r="L40" t="s">
+        <v>203</v>
+      </c>
+      <c r="M40" t="s">
+        <v>204</v>
+      </c>
+      <c r="P40" t="s">
+        <v>205</v>
+      </c>
+      <c r="Q40" t="s">
+        <v>206</v>
+      </c>
+      <c r="R40" t="s">
+        <v>207</v>
+      </c>
+      <c r="S40" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="41" spans="1:19">
+      <c r="A41" t="s">
+        <v>193</v>
+      </c>
+      <c r="B41">
+        <v>60</v>
+      </c>
+      <c r="C41" t="s">
+        <v>194</v>
+      </c>
+      <c r="D41" t="s">
+        <v>195</v>
+      </c>
+      <c r="H41" t="s">
+        <v>196</v>
+      </c>
+      <c r="L41" t="s">
+        <v>197</v>
+      </c>
+      <c r="P41" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q41" t="s">
+        <v>55</v>
+      </c>
+      <c r="R41" t="s">
+        <v>55</v>
+      </c>
+      <c r="S41" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="42" spans="1:19">
+      <c r="A42" t="s">
+        <v>209</v>
+      </c>
+      <c r="B42">
         <v>108</v>
       </c>
-      <c r="Q16" t="s">
+      <c r="C42" t="s">
+        <v>210</v>
+      </c>
+      <c r="D42" t="s">
+        <v>211</v>
+      </c>
+      <c r="H42" t="s">
+        <v>212</v>
+      </c>
+      <c r="L42" t="s">
+        <v>213</v>
+      </c>
+      <c r="P42" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q42" t="s">
+        <v>55</v>
+      </c>
+      <c r="R42" t="s">
+        <v>55</v>
+      </c>
+      <c r="S42" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="43" spans="1:19">
+      <c r="A43" t="s">
+        <v>209</v>
+      </c>
+      <c r="B43">
+        <v>140</v>
+      </c>
+      <c r="C43" t="s">
+        <v>214</v>
+      </c>
+      <c r="D43" t="s">
+        <v>215</v>
+      </c>
+      <c r="H43" t="s">
+        <v>216</v>
+      </c>
+      <c r="L43" t="s">
+        <v>217</v>
+      </c>
+      <c r="P43" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q43" t="s">
+        <v>55</v>
+      </c>
+      <c r="R43" t="s">
+        <v>55</v>
+      </c>
+      <c r="S43" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="44" spans="1:19">
+      <c r="A44" t="s">
+        <v>218</v>
+      </c>
+      <c r="B44">
+        <v>60</v>
+      </c>
+      <c r="C44" t="s">
         <v>109</v>
       </c>
-      <c r="R16" t="s">
-[...3 lines deleted...]
-        <v>110</v>
+      <c r="D44" t="s">
+        <v>219</v>
+      </c>
+      <c r="H44" t="s">
+        <v>111</v>
+      </c>
+      <c r="L44" t="s">
+        <v>220</v>
+      </c>
+      <c r="P44" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q44" t="s">
+        <v>55</v>
+      </c>
+      <c r="R44" t="s">
+        <v>55</v>
+      </c>
+      <c r="S44" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="45" spans="1:19">
+      <c r="A45" t="s">
+        <v>218</v>
+      </c>
+      <c r="B45">
+        <v>175</v>
+      </c>
+      <c r="C45" t="s">
+        <v>221</v>
+      </c>
+      <c r="D45" t="s">
+        <v>222</v>
+      </c>
+      <c r="H45" t="s">
+        <v>223</v>
+      </c>
+      <c r="L45" t="s">
+        <v>224</v>
+      </c>
+      <c r="P45" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q45" t="s">
+        <v>55</v>
+      </c>
+      <c r="R45" t="s">
+        <v>55</v>
+      </c>
+      <c r="S45" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="46" spans="1:19">
+      <c r="A46" t="s">
+        <v>225</v>
+      </c>
+      <c r="B46">
+        <v>60</v>
+      </c>
+      <c r="C46" t="s">
+        <v>226</v>
+      </c>
+      <c r="D46" t="s">
+        <v>227</v>
+      </c>
+      <c r="H46" t="s">
+        <v>228</v>
+      </c>
+      <c r="L46" t="s">
+        <v>229</v>
+      </c>
+      <c r="P46" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q46" t="s">
+        <v>55</v>
+      </c>
+      <c r="R46" t="s">
+        <v>55</v>
+      </c>
+      <c r="S46" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="47" spans="1:19">
+      <c r="A47" t="s">
+        <v>230</v>
+      </c>
+      <c r="B47">
+        <v>91</v>
+      </c>
+      <c r="C47" t="s">
+        <v>231</v>
+      </c>
+      <c r="D47" t="s">
+        <v>232</v>
+      </c>
+      <c r="H47" t="s">
+        <v>233</v>
+      </c>
+      <c r="L47" t="s">
+        <v>234</v>
+      </c>
+      <c r="P47" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q47" t="s">
+        <v>55</v>
+      </c>
+      <c r="R47" t="s">
+        <v>55</v>
+      </c>
+      <c r="S47" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="48" spans="1:19">
+      <c r="A48" t="s">
+        <v>230</v>
+      </c>
+      <c r="B48">
+        <v>87</v>
+      </c>
+      <c r="C48" t="s">
+        <v>235</v>
+      </c>
+      <c r="D48" t="s">
+        <v>236</v>
+      </c>
+      <c r="H48" t="s">
+        <v>237</v>
+      </c>
+      <c r="L48" t="s">
+        <v>238</v>
+      </c>
+      <c r="P48" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q48" t="s">
+        <v>55</v>
+      </c>
+      <c r="R48" t="s">
+        <v>55</v>
+      </c>
+      <c r="S48" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="49" spans="1:19">
+      <c r="A49" t="s">
+        <v>239</v>
+      </c>
+      <c r="B49">
+        <v>602</v>
+      </c>
+      <c r="C49" t="s">
+        <v>240</v>
+      </c>
+      <c r="D49" t="s">
+        <v>241</v>
+      </c>
+      <c r="H49" t="s">
+        <v>242</v>
+      </c>
+      <c r="L49" t="s">
+        <v>243</v>
+      </c>
+      <c r="P49" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q49" t="s">
+        <v>55</v>
+      </c>
+      <c r="R49" t="s">
+        <v>55</v>
+      </c>
+      <c r="S49" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="50" spans="1:19">
+      <c r="A50" t="s">
+        <v>244</v>
+      </c>
+      <c r="B50">
+        <v>60</v>
+      </c>
+      <c r="C50" t="s">
+        <v>245</v>
+      </c>
+      <c r="D50" t="s">
+        <v>246</v>
+      </c>
+      <c r="H50" t="s">
+        <v>247</v>
+      </c>
+      <c r="L50" t="s">
+        <v>248</v>
+      </c>
+      <c r="P50" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q50" t="s">
+        <v>55</v>
+      </c>
+      <c r="R50" t="s">
+        <v>55</v>
+      </c>
+      <c r="S50" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="51" spans="1:19">
+      <c r="A51" t="s">
+        <v>244</v>
+      </c>
+      <c r="B51">
+        <v>759</v>
+      </c>
+      <c r="C51" t="s">
+        <v>249</v>
+      </c>
+      <c r="D51" t="s">
+        <v>250</v>
+      </c>
+      <c r="H51" t="s">
+        <v>251</v>
+      </c>
+      <c r="L51" t="s">
+        <v>252</v>
+      </c>
+      <c r="P51" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q51" t="s">
+        <v>55</v>
+      </c>
+      <c r="R51" t="s">
+        <v>55</v>
+      </c>
+      <c r="S51" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="52" spans="1:19">
+      <c r="A52" t="s">
+        <v>253</v>
+      </c>
+      <c r="B52">
+        <v>3</v>
+      </c>
+      <c r="C52" t="s">
+        <v>254</v>
+      </c>
+      <c r="D52" t="s">
+        <v>255</v>
+      </c>
+      <c r="H52" t="s">
+        <v>256</v>
+      </c>
+      <c r="L52" t="s">
+        <v>257</v>
+      </c>
+      <c r="P52" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q52" t="s">
+        <v>25</v>
+      </c>
+      <c r="R52" t="s">
+        <v>24</v>
+      </c>
+      <c r="S52" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="53" spans="1:19">
+      <c r="A53" t="s">
+        <v>258</v>
+      </c>
+      <c r="B53">
+        <v>1</v>
+      </c>
+      <c r="C53" t="s">
+        <v>259</v>
+      </c>
+      <c r="D53" t="s">
+        <v>260</v>
+      </c>
+      <c r="E53" t="s">
+        <v>261</v>
+      </c>
+      <c r="F53" t="s">
+        <v>262</v>
+      </c>
+      <c r="G53" t="s">
+        <v>263</v>
+      </c>
+      <c r="H53" t="s">
+        <v>264</v>
+      </c>
+      <c r="I53" t="s">
+        <v>265</v>
+      </c>
+      <c r="J53" t="s">
+        <v>266</v>
+      </c>
+      <c r="K53" t="s">
+        <v>267</v>
+      </c>
+      <c r="L53" t="s">
+        <v>268</v>
+      </c>
+      <c r="M53" t="s">
+        <v>269</v>
+      </c>
+      <c r="N53" t="s">
+        <v>270</v>
+      </c>
+      <c r="O53" t="s">
+        <v>271</v>
+      </c>
+      <c r="P53" t="s">
+        <v>272</v>
+      </c>
+      <c r="Q53" t="s">
+        <v>273</v>
+      </c>
+      <c r="R53" t="s">
+        <v>272</v>
+      </c>
+      <c r="S53" t="s">
+        <v>274</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>