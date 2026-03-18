--- v1 (2026-02-01)
+++ v2 (2026-03-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="275">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="384">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Reading Time</t>
   </si>
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Name (pt)</t>
   </si>
   <si>
     <t>Name (en)</t>
   </si>
   <si>
     <t>Name (es)</t>
   </si>
   <si>
     <t>Name (fr)</t>
   </si>
   <si>
     <t>Introduction (pt)</t>
   </si>
   <si>
@@ -69,76 +69,588 @@
     <t>Introduction (fr)</t>
   </si>
   <si>
     <t>Description (pt)</t>
   </si>
   <si>
     <t>Description (en)</t>
   </si>
   <si>
     <t>Description (es)</t>
   </si>
   <si>
     <t>Description (fr)</t>
   </si>
   <si>
     <t>Categories (pt)</t>
   </si>
   <si>
     <t>Categories (en)</t>
   </si>
   <si>
     <t>Categories (es)</t>
   </si>
   <si>
     <t>Categories (fr)</t>
+  </si>
+  <si>
+    <t>2026-03-17</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/redes_oms3.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sintra assinala Páscoa com concerto pela Orquestra Municipal e Cátia Moreso </t>
+  </si>
+  <si>
+    <t>O programa oferece uma viagem musical intensa, reunindo obras de Antonio Vivaldi, como o Concerto para Cordas em Sol menor, Stabat Mater e Nisi Dominus, que traduzem em som dor, esperança e a luz da Ressurreição.</t>
+  </si>
+  <si>
+    <t>&lt;p style="text-align: justify;"&gt; A estas p&amp;aacute;ginas marcantes juntam-se as Dolorosas n.&amp;ordm; 2 e 3 de &amp;Oacute;scar da Silva, proporcionando momentos de profunda interioridade e lirismo, numa reflex&amp;atilde;o musical sobre a dor e a transcend&amp;ecirc;ncia.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Assista a esta experi&amp;ecirc;ncia musical que combina emo&amp;ccedil;&amp;atilde;o, espiritualidade e virtuosismo, perfeita para celebrar a P&amp;aacute;scoa em Sintra.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;A entrada &amp;eacute; gratuita, com levantamento exclusivo de bilhetes na bilheteira do Centro Cultural Olga Cadaval.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Para mais informa&amp;ccedil;&amp;otilde;es, consulte &lt;a href="https://ccolgacadaval.pt/" target="_blank"&gt;ccolgacadaval.pt&lt;/a&gt;.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>[{"name":"Cultura"}]</t>
+  </si>
+  <si>
+    <t>[{"name":"Culture"}]</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/redes_sociais_brancura6.jpg</t>
+  </si>
+  <si>
+    <t>“Uma Brancura Luminosa” em cena no Centro Cultural Olga Cadaval</t>
+  </si>
+  <si>
+    <t>Na mais recente obra de ficção do escritor norueguês Jon Fosse, Prémio Nobel da Literatura 2023, acompanhamos um homem perdido na neve e no silêncio da floresta, confrontado com memórias, dúvidas e hesitações num jogo entre passado, presente e futuro.</t>
+  </si>
+  <si>
+    <t>&lt;p style="text-align: justify;"&gt; Entre realidade e espectro, surge uma misteriosa brancura luminosa que ilumina esta viagem existencial.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;N&amp;atilde;o perca este espet&amp;aacute;culo intenso e reflexivo, onde o imagin&amp;aacute;rio e a realidade se encontram em cena.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Bilhetes dispon&amp;iacute;veis na&amp;nbsp;&lt;a href="https://www.ticketline.pt/pt/evento/uma-brancura-luminosa-ricardo-pereira-sandr-102423" target="_blank"&gt;Ticketline&lt;/a&gt;. &amp;nbsp;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Conhe&amp;ccedil;a toda a programa&amp;ccedil;&amp;atilde;o do Centro Cultural Olga Cadaval em&amp;nbsp;&lt;a href="https://ccolgacadaval.pt/" target="_blank"&gt;ccolgacadaval.pt&lt;/a&gt;.&lt;/p&gt;
+&lt;p&gt;&amp;nbsp;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>2026-03-16</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/museudaagua.jpg</t>
+  </si>
+  <si>
+    <t>Inscrições abertas para “Férias Ativas da Páscoa” no Museu da Água e Resíduos</t>
+  </si>
+  <si>
+    <t>Durante a pausa escolar, o MAR volta a abrir portas à descoberta e à criatividade com o programa “Férias Ativas”, uma iniciativa que pretende proporcionar experiências educativas e divertidas a crianças e jovens.</t>
+  </si>
+  <si>
+    <t>&lt;p style="text-align: justify;"&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Com uma programa&amp;ccedil;&amp;atilde;o diversificada, estruturada por temas di&amp;aacute;rios, o programa integra atividades cient&amp;iacute;ficas din&amp;acirc;micas e participativas. Cada sess&amp;atilde;o apresenta novos desafios e experi&amp;ecirc;ncias pr&amp;aacute;ticas, estimulando a curiosidade, o pensamento cr&amp;iacute;tico e a criatividade dos participantes. Este conjunto de atividades enriquecedoras promove a consci&amp;ecirc;ncia ambiental e contribui para o desenvolvimento pessoal dos jovens envolvidos.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Com esta iniciativa, o MAR refor&amp;ccedil;a o seu compromisso com a promo&amp;ccedil;&amp;atilde;o da educa&amp;ccedil;&amp;atilde;o ambiental, tecnol&amp;oacute;gica e cient&amp;iacute;fica, aliando aprendizagem e divers&amp;atilde;o. Atrav&amp;eacute;s de atividades l&amp;uacute;dicas e pedag&amp;oacute;gicas, os participantes ter&amp;atilde;o a oportunidade de explorar temas atuais, experimentar, questionar e desenvolver compet&amp;ecirc;ncias essenciais para o futuro.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Mais informa&amp;ccedil;&amp;otilde;es &lt;a href="https://www.smas-sintra.pt/mar/ferias-ativas/" target="_blank"&gt;AQUI.&lt;/a&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&amp;nbsp;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&amp;nbsp;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>[{"name":"Juventude"}]</t>
+  </si>
+  <si>
+    <t>[{"name":"Youth"}]</t>
+  </si>
+  <si>
+    <t>[{"name":"Juventud"}]</t>
+  </si>
+  <si>
+    <t>[{"name":"Jeunesse"}]</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/69b98b85cec6b1773767557.jpg</t>
+  </si>
+  <si>
+    <t>Mostra de artesanato no Bairro: “Arte na Vila”</t>
+  </si>
+  <si>
+    <t>Handicrafts exhibition “Arte na Vila”</t>
+  </si>
+  <si>
+    <t>Muestra de artesanía “Arte na Vila”</t>
+  </si>
+  <si>
+    <t>Exposition d’artisanat « Arte na Vila »</t>
+  </si>
+  <si>
+    <t>O projecto “Arte na Vila” tem vindo a ter lugar na Volta do Duche, na Vila de Sintra, desde 2012, constituindo uma Mostra de artesanato, onde os artistas e artesãos do concelho, e fora dele, expõem e produzem os seus trabalhos ao vivo, ao longo de todo o ano.</t>
+  </si>
+  <si>
+    <t>The “Arte na Vila” project has been taking place on Volta do Duche, in the village of Sintra, since 2012. It consists of a handicrafts exhibition, where artists and artisans from the municipality and beyond display and produce their work live throughout the entire year.</t>
+  </si>
+  <si>
+    <t>El proyecto “Arte na Vila” se celebra en Volta do Duche, en la Villa de Sintra, desde 2012, constituyendo una muestra de artesanía, donde artistas y artesanos del municipio y de fuera de él exponen y producen sus trabajos en vivo a lo largo de todo el año.</t>
+  </si>
+  <si>
+    <t>Le projet « Arte na Vila » a lieu sur la Volta do Duche, dans la ville de Sintra, depuis 2012. Il constitue une exposition d’artisanat, où des artistes et des artisans de la commune, ainsi que d’autres régions, exposent et réalisent leurs œuvres en direct tout au long de l’année.</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;Atenta a dimensão cultural e única do artesanato, em muitos casos distintiva da região onde é produzido e incorporando práticas ou expressões da cultura tradicional, o que lhe confere uma identidade muito própria, assume-se determinante preservar esse legado e incentivar quem, muitas vezes, com uma elevada dose de voluntarismo, continua a perpetuá-lo.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;Given the cultural and unique dimension of handicrafts, often distinctive of the region where they are produced and incorporating practices or expressions of traditional culture, which gives them a very particular identity, it becomes essential to preserve this legacy and encourage those who, often with a strong sense of dedication and voluntarism, continue to keep it alive.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;Atendiendo a la dimensión cultural y única de la artesanía, en muchos casos distintiva de la región donde se produce e incorporando prácticas o expresiones de la cultura tradicional, lo que le confiere una identidad muy propia, resulta fundamental preservar este legado y fomentar a quienes, muchas veces con una gran dosis de voluntarismo, continúan perpetuándolo.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;Compte tenu de la dimension culturelle et unique de l’artisanat, souvent caractéristique de la région où il est produit et intégrant des pratiques ou des expressions de la culture traditionnelle, ce qui lui confère une identité très particulière, il est essentiel de préserver cet héritage et d’encourager ceux qui, souvent avec un grand esprit de volontariat, continuent à le perpétuer.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>[{"name":"Cultura"},{"name":"Eventos"},{"name":"Município"}]</t>
+  </si>
+  <si>
+    <t>[{"name":"Culture"},{"name":"Events"},{"name":"Municipality"}]</t>
+  </si>
+  <si>
+    <t>[{"name":"Cultura"},{"name":"Eventos"},{"name":"Municipio"}]</t>
+  </si>
+  <si>
+    <t>[{"name":"Culture"},{"name":"Épreuves"},{"name":"Municipalité"}]</t>
+  </si>
+  <si>
+    <t>2026-03-10</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/redes_periferias_1.jpg</t>
+  </si>
+  <si>
+    <t>Espetáculo inspirado em José Saramago no Centro Cultural Olga Cadaval</t>
+  </si>
+  <si>
+    <t>A peça baseia-se em dois textos do escritor português José Saramago: o conto infantil “A Maior Flor do Mundo” e o livro autobiográfico “As Pequenas Memórias”.</t>
+  </si>
+  <si>
+    <t>&lt;p style="text-align: justify;"&gt; A dramaturgia combina a imagina&amp;ccedil;&amp;atilde;o do menino protagonista com as recorda&amp;ccedil;&amp;otilde;es da inf&amp;acirc;ncia do autor, criando uma viagem po&amp;eacute;tica sobre a descoberta do mundo, a mem&amp;oacute;ria e a rela&amp;ccedil;&amp;atilde;o com a natureza.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Destinado a crian&amp;ccedil;as a partir dos 3 anos, o espet&amp;aacute;culo utiliza uma linguagem visual inspirada nos livros pop-up, com movimento, voz e m&amp;uacute;sica ao vivo, proporcionando uma experi&amp;ecirc;ncia c&amp;eacute;nica pensada para as fam&amp;iacute;lias Sintrenses.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;A apresenta&amp;ccedil;&amp;atilde;o integra a 15.&amp;ordf; edi&amp;ccedil;&amp;atilde;o do Festival Periferias, que decorre at&amp;eacute; 15 de mar&amp;ccedil;o em v&amp;aacute;rios espa&amp;ccedil;os do concelho de Sintra. O festival re&amp;uacute;ne teatro, dan&amp;ccedil;a, m&amp;uacute;sica, cinema e outras express&amp;otilde;es art&amp;iacute;sticas, com uma programa&amp;ccedil;&amp;atilde;o voltada para p&amp;uacute;blicos de todas as idades.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Bilhetes dispon&amp;iacute;veis na &lt;a href="https://www.ticketline.pt/evento/a-maior-flor-do-mundo-e-as-pequenas-coisas-102366" target="_blank"&gt;Ticketline&lt;/a&gt;. &amp;nbsp;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Conhe&amp;ccedil;a toda a programa&amp;ccedil;&amp;atilde;o do Centro Cultural Olga Cadaval em&amp;nbsp;&lt;a href="https://ccolgacadaval.pt/" target="_blank"&gt;ccolgacadaval.pt&lt;/a&gt;.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>2026-03-09</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/137.jpg</t>
+  </si>
+  <si>
+    <t>Sintra aprova Relatório sobre o Estado do Ordenamento do Território</t>
+  </si>
+  <si>
+    <t>O relatório esteve em discussão pública durante 60 dias úteis e, após análise dos contributos recebidos, a Câmara Municipal aprovou a versão final do REOT 2024 e o respetivo Relatório de Ponderação da Discussão Pública, que foram posteriormente submetidos à apreciação da Assembleia Municipal de Sintra.</t>
+  </si>
+  <si>
+    <t>&lt;p style="text-align: justify;"&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;O REOT constitui um instrumento fundamental para o acompanhamento das pol&amp;iacute;ticas municipais de ordenamento do territ&amp;oacute;rio, permitindo avaliar a execu&amp;ccedil;&amp;atilde;o das estrat&amp;eacute;gias definidas, identificar din&amp;acirc;micas territoriais e apoiar a tomada de decis&amp;otilde;es futuras no planeamento e desenvolvimento sustent&amp;aacute;vel do concelho.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;O REOT 2024 e o respetivo Relat&amp;oacute;rio de Pondera&amp;ccedil;&amp;atilde;o da Discuss&amp;atilde;o P&amp;uacute;blica encontram-se dispon&amp;iacute;veis para consulta &lt;a href="territorial/planos-territoriais-e-estrategicos/relatorio-sobre-o-estado-do-ordenamento-do-territorio-de-sintra" target="_blank"&gt;aqui&lt;/a&gt;.&lt;/p&gt;
+&lt;p&gt;&amp;nbsp;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>[{"name":"Institucional"}]</t>
+  </si>
+  <si>
+    <t>[]</t>
+  </si>
+  <si>
+    <t>2026-03-03</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/284.jpg</t>
+  </si>
+  <si>
+    <t>Museus de Sintra com cultura gratuita para todos</t>
+  </si>
+  <si>
+    <t>No MASMO - Museu Arqueológico de São Miguel de Odrinhas, descubra o fascinante mundo da Antiguidade com visitas orientadas e atividades culturais únicas.  Destaque para o Dia da Mulher com a visita temática “A Coleção do Museu – Um percurso no feminino”, e para famílias, a visita-descoberta “Ludi Cereales – Vem decorar ovos para Ceres!”.</t>
+  </si>
+  <si>
+    <t>&lt;p style="text-align: justify;"&gt;No MASMO - Museu Arqueol&amp;oacute;gico de S&amp;atilde;o Miguel de Odrinhas, descubra o fascinante mundo da Antiguidade com visitas orientadas e atividades culturais &amp;uacute;nicas. &amp;nbsp;Destaque para o Dia da Mulher com a visita tem&amp;aacute;tica &amp;ldquo;A Cole&amp;ccedil;&amp;atilde;o do Museu &amp;ndash; Um percurso no feminino&amp;rdquo;, e para fam&amp;iacute;lias, a visita-descoberta &amp;ldquo;Ludi Cereales &amp;ndash; Vem decorar ovos para Ceres!&amp;rdquo;&lt;strong&gt;.&lt;/strong&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;O MU.SA &amp;ndash; Museu das Artes de Sintra, espa&amp;ccedil;o dedicado &amp;agrave; cria&amp;ccedil;&amp;atilde;o contempor&amp;acirc;nea, recebe duas exposi&amp;ccedil;&amp;otilde;es: &amp;ldquo;Uma Borboleta nos Escombros&amp;rdquo;, inserida no Festival Periferias 2026, e &amp;ldquo;Matter of Choice&amp;rdquo;, de Lu&amp;iacute;sa Ramires.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;No MHNS - Museu de Hist&amp;oacute;ria Natural de Sintra, viaje pelas civiliza&amp;ccedil;&amp;otilde;es antigas e explore o patrim&amp;oacute;nio natural com a exposi&amp;ccedil;&amp;atilde;o tempor&amp;aacute;ria &amp;ldquo;Entre o Egeu e o Mar J&amp;oacute;nico, as marcas de uma Nova Civiliza&amp;ccedil;&amp;atilde;o&amp;rdquo;.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;A Casa-Museu Leal da C&amp;acirc;mara convida &amp;agrave; descoberta do universo criativo de Leal da C&amp;acirc;mara, com a visita tem&amp;aacute;tica &amp;ldquo;Lisboa e Porto &amp;ndash; Paisagens&amp;rdquo; e a exposi&amp;ccedil;&amp;atilde;o &amp;ldquo;Poetas e Escritores Portugueses por Leal da C&amp;acirc;mara&amp;rdquo; onde arte e literatura se encontram.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;J&amp;aacute; no MFC - Museu Ferreira de Castro participe no Clube de Leitura com &amp;ldquo;L&amp;eacute;ah e Outras Hist&amp;oacute;rias&amp;rdquo;, de Jos&amp;eacute; Rodrigues Migu&amp;eacute;is, explore a atividade &amp;ldquo;Conversas sobre Ferreira de Castro &amp;ndash; A Amaz&amp;oacute;nia pelo olhar de escritores portugueses&amp;rdquo;, conduzida por Ana Cristina Carvalho, e descubra a rica cole&amp;ccedil;&amp;atilde;o da exposi&amp;ccedil;&amp;atilde;o &amp;ldquo;A Cole&amp;ccedil;&amp;atilde;o de Cunha e Costa &amp;ndash; Um Portugal que nos Une&amp;rdquo;.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;A C&amp;acirc;mara Municipal de Sintra relembra que a entrada nos museus municipais &amp;eacute; gratuita durante todo o ano, sendo que algumas atividades requerem inscri&amp;ccedil;&amp;atilde;o pr&amp;eacute;via por telefone.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Para conhecer o programa completo de mar&amp;ccedil;o, consulte os canais oficiais dos Museus Municipais de Sintra.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&amp;nbsp;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;PROGRAMA&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span style="text-decoration: underline;"&gt;&lt;strong&gt;MASMO &amp;ndash; Museu Arqueol&amp;oacute;gico de S&amp;atilde;o Miguel de Odrinhas&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;07.MAR, 15h00 | Visita tem&amp;aacute;tica &amp;ldquo;A Cole&amp;ccedil;&amp;atilde;o do Museu &amp;ndash; Um percurso no feminino&amp;rdquo; Comemora&amp;ccedil;&amp;atilde;o do Dia Internacional da Mulher&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Falar-se-&amp;aacute; sobre o estatuto social da Mulher, tendo como ponto de partida a cole&amp;ccedil;&amp;atilde;o do Museu. Esta visita ter&amp;aacute; o seu in&amp;iacute;cio na sala tem&amp;aacute;tica &amp;ldquo;Cripta Etrusca&amp;rdquo; e percorrer&amp;aacute; alguns dos espa&amp;ccedil;os mais emblem&amp;aacute;ticos da exposi&amp;ccedil;&amp;atilde;o, ilustrando o papel multifacetado das mulheres atrav&amp;eacute;s do tempo.&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&lt;/p&gt;
+&lt;p&gt;Acesso gratuito, mediante marca&amp;ccedil;&amp;atilde;o.&lt;/p&gt;
+&lt;p&gt;Destinat&amp;aacute;rios: P&amp;uacute;blico em geral&lt;/p&gt;
+&lt;p&gt;&amp;nbsp;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;28.MAR, 15h00 | Visita-descoberta Fam&amp;iacute;lias no Museu &amp;ldquo;Ludi Cereales &amp;ndash; Vem decorar ovos para Ceres!&amp;rdquo;&lt;/strong&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Vamos conhecer um pouco da Hist&amp;oacute;ria e das curiosidades de uma das principais festas do ano &amp;ndash; a P&amp;aacute;scoa.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Na Antiga Roma e nesta precisa &amp;eacute;poca do ano, ofereciam-se a Ceres &amp;ndash; a principal deusa que tutelava o &amp;laquo;renascimento&amp;raquo; da Natureza por ocasi&amp;atilde;o do despontar da Primavera &amp;ndash; ovos, s&amp;iacute;mbolo de fecundidade, de fertilidade e do pr&amp;oacute;prio mundo, que a deusa tinha de novo enriquecido com a germina&amp;ccedil;&amp;atilde;o dos cereais.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;No final desta atividade, todos v&amp;atilde;o compreender que muitos dos costumes atuais t&amp;ecirc;m a sua origem nos festivais pag&amp;atilde;os da Antiguidade Greco-Romana, e como esta velha pr&amp;aacute;tica passou a fazer parte de uma das mais importantes celebra&amp;ccedil;&amp;otilde;es do Ano Crist&amp;atilde;o.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Destinat&amp;aacute;rios: Fam&amp;iacute;lias.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;&amp;nbsp;&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span style="text-decoration: underline;"&gt;&lt;strong&gt;MU.SA &amp;ndash; Museu das Artes de Sintra&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;05.MAR, 15h00 | Inaugura&amp;ccedil;&amp;atilde;o da Exposi&amp;ccedil;&amp;atilde;o Tempor&amp;aacute;ria &amp;ldquo;Uma Borboleta no Escombros&amp;rdquo;, &lt;/strong&gt;Ch&amp;atilde;o de Oliva, inserido no Festival Periferias 2026.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Em 2025, o Ch&amp;atilde;o de Oliva perdeu a maioria do seu arquivo num inc&amp;ecirc;ndio do Armaz&amp;eacute;m da Messa, que tinha sido cedido pela C&amp;acirc;mara Municipal de Sintra a algumas das estruturas culturais da &amp;aacute;rea teatral do nosso concelho. Este dia fat&amp;iacute;dico deixou uma marca profunda na hist&amp;oacute;ria do Ch&amp;atilde;o de Oliva e o peso de uma perda que j&amp;aacute; n&amp;atilde;o se recupera. Num ano em que tamb&amp;eacute;m nos dedicamos ao ciclo &amp;ldquo;Ecogeografias&amp;rdquo; tamb&amp;eacute;m nos assaltam outras imagens de inc&amp;ecirc;ndios que deixam marcas devastadoras na paisagem natural, por vezes com impacto tamb&amp;eacute;m em vidas humanas. Do inc&amp;ecirc;ndio neste armaz&amp;eacute;m, recuper&amp;aacute;mos poucos objetos, p&amp;aacute;ginas ardidas, cartazes, que agora juntamos para esta exposi&amp;ccedil;&amp;atilde;o. Em simult&amp;acirc;neo, procuramos dialogar com outras paisagens, tamb&amp;eacute;m ardidas, num di&amp;aacute;logo sobre perda, mas tamb&amp;eacute;m sobre recupera&amp;ccedil;&amp;atilde;o e resili&amp;ecirc;ncia. Uma borboleta nos escombros, como a que voou no dia em que fomos procurar achados no meio das cinzas, um sinal que lemos como esperan&amp;ccedil;a.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Patente de 05 de mar&amp;ccedil;o a 12 de abril de 2026.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Destinat&amp;aacute;rios: P&amp;uacute;blico em geral.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&amp;nbsp;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;19.MAR, 15h00 | Inaugura&amp;ccedil;&amp;atilde;o da Exposi&amp;ccedil;&amp;atilde;o "Ponto de Inflex&amp;atilde;o"&amp;nbsp;Novos olhares sobre a Cole&amp;ccedil;&amp;atilde;o J. Eduardo Lima Cascada&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&amp;nbsp;&lt;/p&gt;
+&lt;p&gt;A constitui&amp;ccedil;&amp;atilde;o de uma Cole&amp;ccedil;&amp;atilde;o de Arte assenta numa vis&amp;atilde;o pessoal e intimista sobre o ato criativo, refletindo o gosto e os valores do colecionador.&lt;/p&gt;
+&lt;p&gt;A cole&amp;ccedil;&amp;atilde;o J. Eduardo Lima Cascada chega &amp;agrave; C&amp;acirc;mara Municipal de Sintra atrav&amp;eacute;s de v&amp;aacute;rias doa&amp;ccedil;&amp;otilde;es num ensejo do colecionador em partilhar e garantir o acesso &amp;agrave;s obras e &amp;agrave;s suas escolhas.&lt;/p&gt;
+&lt;p&gt;A exposi&amp;ccedil;&amp;atilde;o Ponto de Inflex&amp;atilde;o prop&amp;otilde;e uma revisita&amp;ccedil;&amp;atilde;o cr&amp;iacute;tica e sens&amp;iacute;vel &amp;agrave; Cole&amp;ccedil;&amp;atilde;o J. Eduardo Lima Cascada levando o p&amp;uacute;blico a descobrir novas leituras, estabelecendo paralelos entre as pe&amp;ccedil;as expostas, revelando, no entanto, a disruptiva dial&amp;eacute;tica entre elas.&lt;/p&gt;
+&lt;p&gt;Tomando o sentido de um &amp;ldquo;ponto de inflex&amp;atilde;o&amp;rdquo; &amp;ndash; ponto em que uma curva muda de sentido &amp;ndash; a mostra abrir&amp;aacute; caminho para um espa&amp;ccedil;o de questionamento e reinterpreta&amp;ccedil;&amp;atilde;o, onde o olhar curatorial e as obras se encontram para desafiar perce&amp;ccedil;&amp;otilde;es pr&amp;eacute;-estabelecidas e, assim, abrir caminhos a novas narrativas visuais.&lt;/p&gt;
+&lt;p&gt;Patente de 19 de mar&amp;ccedil;o a 14 de junho de 2026.&lt;/p&gt;
+&lt;p&gt;Destinat&amp;aacute;rios: P&amp;uacute;blico em geral.&lt;/p&gt;
+&lt;p&gt;&amp;nbsp;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;27.MAR | Sala Polivalente &amp;ldquo;Inaugura&amp;ccedil;&amp;atilde;o da Exposi&amp;ccedil;&amp;atilde;o Tempor&amp;aacute;ria Matter of Choice&amp;rdquo;, de Lu&amp;iacute;sa Ramires&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp; &lt;/strong&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;A exposi&amp;ccedil;&amp;atilde;o Matter of Choice &amp;eacute; um convite a uma escolha, uma decis&amp;atilde;o bin&amp;aacute;ria. S&amp;atilde;o oferecidas alternativas de percursos, que demonstram a ambival&amp;ecirc;ncia da decis&amp;atilde;o, onde os conceitos decerto ou errado n&amp;atilde;o se imp&amp;otilde;em. As obras polinizam-se umas &amp;agrave;s outras, comunicando entre a divis&amp;atilde;o imposta. Tal como a artista Sanam Khatibi afirma: &amp;lsquo;Nada do que fazemos &amp;eacute; preto e branco, &amp;eacute; no espa&amp;ccedil;o cinzento que tenho interesse.&amp;rsquo;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;A interroga&amp;ccedil;&amp;atilde;o &amp;eacute; fundamental, talvez mais do que nunca, numa &amp;eacute;poca em que se definem novas fronteiras f&amp;iacute;sicas e surgem cismas que nos tendem a dividir.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Patente de 27 de mar&amp;ccedil;o a 12 de abril de 2026.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Destinat&amp;aacute;rios: P&amp;uacute;blico em geral.&lt;/p&gt;
+&lt;p&gt;&amp;nbsp;&lt;/p&gt;
+&lt;p&gt;&lt;span style="text-decoration: underline;"&gt;&lt;strong&gt;MHNS &amp;ndash; Museu de Hist&amp;oacute;ria Natural de Sintra&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;At&amp;eacute; 29.MAR | Exposi&amp;ccedil;&amp;atilde;o tempor&amp;aacute;ria &amp;ldquo;Entre o Egeu e o Mar J&amp;oacute;nico, as marcas de uma Nova Civiliza&amp;ccedil;&amp;atilde;o&amp;rdquo;&lt;/strong&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;A partir do s&amp;eacute;culo VIII a.C., a civiliza&amp;ccedil;&amp;atilde;o grega iniciou um amplo movimento de expans&amp;atilde;o para Ocidente, que se traduziu na funda&amp;ccedil;&amp;atilde;o de numerosas col&amp;oacute;nias ao longo das regi&amp;otilde;es meridionais da Pen&amp;iacute;nsula It&amp;aacute;lica e em parte da Sic&amp;iacute;lia. Estas novas terras, caracterizadas por vastas plan&amp;iacute;cies em contraste com o relevo abrupto e fragmentado da H&amp;eacute;lade, ofereceram aos gregos uma sensa&amp;ccedil;&amp;atilde;o de amplitude e prosperidade que os levou a batiz&amp;aacute;-las de Meg&amp;aacute;l&amp;#275; Hell&amp;aacute;s, ou Magna Gr&amp;eacute;cia. Este territ&amp;oacute;rio viria a afirmar-se como um dos mais fecundos centros da cultura grega fora do espa&amp;ccedil;o continental&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;A exposi&amp;ccedil;&amp;atilde;o &amp;ldquo;Entre o Mar Egeu e o Mar J&amp;oacute;nico, as marcas de uma Nova Civiliza&amp;ccedil;&amp;atilde;o&amp;rdquo; re&amp;uacute;ne um conjunto de 15 pe&amp;ccedil;as de estilo geom&amp;eacute;trico e cl&amp;aacute;ssico provenientes precisamente deste per&amp;iacute;odo de efervesc&amp;ecirc;ncia cultural e art&amp;iacute;stica, testemunhos materiais de uma era de singular vitalidade criativa. Estes artefactos, de inestim&amp;aacute;vel valor arqueol&amp;oacute;gico e hist&amp;oacute;rico, integraram outrora a cole&amp;ccedil;&amp;atilde;o do casal Fernanda e Miguel Barbosa, encontrando-se hoje sob a guarda do Dr. Paulo Macedo, seu familiar.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;A Exposi&amp;ccedil;&amp;atilde;o estar&amp;aacute; patente ao p&amp;uacute;blico at&amp;eacute; ao dia 29 de mar&amp;ccedil;o de 2026.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Destinat&amp;aacute;rios: P&amp;uacute;blico em geral.&lt;/p&gt;
+&lt;p&gt;&amp;nbsp;&lt;/p&gt;
+&lt;p&gt;&lt;span style="text-decoration: underline;"&gt;&lt;strong&gt;CMLC &amp;ndash; Casa-Museu Leal da C&amp;acirc;mara&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;14.MAR, 15h00 | Visita Tem&amp;aacute;tica &amp;ldquo;Lisboa e Porto &amp;ndash; Paisagens&amp;rdquo;&lt;/strong&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Explorando as obras de pintura expostas nas diversas salas da CMLC, nas quais o Mestre registou cenas das duas mais importantes cidades portuguesas onde viveu antes de se fixar na Rinchoa. Estas pe&amp;ccedil;as atestam bem, n&amp;atilde;o s&amp;oacute; o peculiar tra&amp;ccedil;o do Mestre, como tamb&amp;eacute;m a elevada versatilidade do artista e da sua obra.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Destinat&amp;aacute;rios: P&amp;uacute;blico em geral.&lt;/p&gt;
+&lt;p&gt;&amp;nbsp;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;At&amp;eacute; 10.MAI | Exposi&amp;ccedil;&amp;atilde;o Tempor&amp;aacute;ria &amp;ldquo;Poetas e Escritores Portugueses por Leal da C&amp;acirc;mara&amp;rdquo;&lt;/strong&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Esta exposi&amp;ccedil;&amp;atilde;o re&amp;uacute;ne retratos caricaturais de escritores portugueses realizados por Leal da C&amp;acirc;mara ao longo do seu percurso art&amp;iacute;stico.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Convivendo de perto com meios intelectuais em Portugal, Madrid e Paris, o artista retratou figuras marcantes da literatura, desde autores cl&amp;aacute;ssicos como Gil Vicente e Padre Ant&amp;oacute;nio Vieira at&amp;eacute; contempor&amp;acirc;neos como Ramalho Ortig&amp;atilde;o, Fialho de Almeida e Guerra Junqueiro. Muitas destas obras foram criadas para jornais, revistas e projetos editoriais, destacando-se tamb&amp;eacute;m a sua colabora&amp;ccedil;&amp;atilde;o no cat&amp;aacute;logo da Sec&amp;ccedil;&amp;atilde;o Portuguesa da Exposi&amp;ccedil;&amp;atilde;o Internacional do Rio de Janeiro (1922/23).&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;A mostra d&amp;aacute; a conhecer alguns desses trabalhos, evocando personalidades e obras fundamentais da literatura portuguesa, e sublinhando o seu legado de cidadania e humanismo.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Como atividade complementar, decorre a proposta educativa &amp;ldquo;O Meu Escritor&amp;rdquo;, que convida os participantes a criarem o seu pr&amp;oacute;prio retrato caricatural inspirado nos autores expostos.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Destinat&amp;aacute;rios: P&amp;uacute;blico em geral.&lt;/p&gt;
+&lt;p&gt;&amp;nbsp;&lt;/p&gt;
+&lt;p&gt;&lt;span style="text-decoration: underline;"&gt;&lt;strong&gt;MFC- Museu Ferreira de Castro&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;06.MAR, 18h00 | Clube de Leitura &amp;ldquo;L&amp;eacute;ah e Outras Hist&amp;oacute;rias&amp;rdquo;, de Jos&amp;eacute; Rodrigues Migu&amp;eacute;is&lt;/strong&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;No m&amp;ecirc;s de mar&amp;ccedil;o o Clube de Leitura debater&amp;aacute; o livro &amp;ldquo;L&amp;eacute;ah e Outras Hist&amp;oacute;rias (1958), provavelmente o mais querido e conhecido livro de Jos&amp;eacute; Rodrigues Migu&amp;eacute;is, d&amp;aacute;-nos a s&amp;iacute;ntese perfeita da vida e da obra deste autor. Dez retratos ambulantes, por entre a Beira Interior, Lisboa e a sua prov&amp;iacute;ncia, Nova Iorque, Bruxelas, ou algures num misterioso pa&amp;iacute;s europeu tomado pela autoritarite no ar dos tempos. Dez viagens de partida e chegada &amp;agrave;s mem&amp;oacute;rias de um amor perdido ou preterido pelo dinheiro, &amp;agrave;s guerras de faca e alguidar camilianas, ao estudo sociol&amp;oacute;gico das gentes da capital, das passeatas da burguesia regadas a vinho e petiscos, das aventuras de espi&amp;otilde;es ou das grandes recorda&amp;ccedil;&amp;otilde;es no ex&amp;iacute;lio, aterrando por fim nesse nervo do passado como rel&amp;iacute;quia que &amp;eacute; a Av. Almirante Reis: &amp;laquo;Quem quiser saber a hist&amp;oacute;ria toda deste s&amp;iacute;tio n&amp;atilde;o tem sen&amp;atilde;o que vir bater &amp;agrave; minha porta.&amp;raquo;&amp;rdquo;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Esta ser&amp;aacute; a obra a explorar no &amp;acirc;mbito do Clube de Leitura do Museu Ferreira de Castro.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Destinat&amp;aacute;rios: P&amp;uacute;blico em geral.&lt;/p&gt;
+&lt;p&gt;&amp;nbsp;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;27.MAR, 18h00 | Conversas sobre Ferreira de Castro &amp;ldquo;A Amaz&amp;oacute;nia pelo olhar de escritores portugueses&amp;rdquo;, por Ana Cristina Carvalho&lt;/strong&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Tema: Literatura e ambiente &amp;ndash; nos ambientes Ferreira de Castro&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&amp;ldquo;A Amaz&amp;oacute;nia pelo olhar de escritores portugueses&amp;rdquo;, dia 27 de mar&amp;ccedil;o, &amp;agrave;s 18 horas, a partir de Ferreira de Castro e os romances A Selva (1930) e O Instinto Supremo (1968), com base na obra que co-coordenou, Amaz&amp;oacute;nia &amp;ndash; Reflexos do Lugar nas Literaturas Portuguesa e Brasileira (2020).&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Destinat&amp;aacute;rios: P&amp;uacute;blico em geral.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;&amp;nbsp;&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;At&amp;eacute; data a definir | Exposi&amp;ccedil;&amp;atilde;o Tempor&amp;aacute;ria &amp;ldquo;A Cole&amp;ccedil;&amp;atilde;o de Cunha e Costa um Portugal que nos Une&amp;rdquo;&lt;/strong&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Esta exposi&amp;ccedil;&amp;atilde;o apresenta uma valiosa cole&amp;ccedil;&amp;atilde;o etnogr&amp;aacute;fica composta maioritariamente por cer&amp;acirc;mica decorativa e utilit&amp;aacute;ria, proveniente de v&amp;aacute;rias regi&amp;otilde;es de Portugal.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Organizada em n&amp;uacute;cleos tem&amp;aacute;ticos como &amp;ldquo;O P&amp;atilde;o&amp;rdquo;, &amp;ldquo;A Economia Dom&amp;eacute;stica&amp;rdquo;, &amp;ldquo;A Cozinha&amp;rdquo;, &amp;ldquo;O Vinho e o Azeite&amp;rdquo; e &amp;ldquo;A Inf&amp;acirc;ncia&amp;rdquo;, a mostra re&amp;uacute;ne pe&amp;ccedil;as que testemunham tradi&amp;ccedil;&amp;otilde;es, t&amp;eacute;cnicas ancestrais e modos de vida de norte a sul do pa&amp;iacute;s. Entre os objetos expostos destacam-se utens&amp;iacute;lios dom&amp;eacute;sticos, brinquedos tradicionais e exemplares singulares como a enigm&amp;aacute;tica &amp;ldquo;Bilha do Segredo&amp;rdquo;.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Merecem especial relevo produ&amp;ccedil;&amp;otilde;es emblem&amp;aacute;ticas como os Barros Negros de Molelos e de Tourencinho, o Pedrado de Nisa e a tradi&amp;ccedil;&amp;atilde;o oleira de Mafra, bem como o figurado de barro oriundo de diversas localidades, com representa&amp;ccedil;&amp;otilde;es de trajes, profiss&amp;otilde;es e cenas do quotidiano &amp;mdash; incluindo o Pres&amp;eacute;pio de Estremoz e os Galos de Barcelos.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Mais do que evidenciar diferen&amp;ccedil;as regionais, esta cole&amp;ccedil;&amp;atilde;o convida a redescobrir a cultura popular portuguesa e aquilo que une o pa&amp;iacute;s na sua diversidade.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Destinat&amp;aacute;rios: P&amp;uacute;blico em geral.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&amp;nbsp;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/redes_sociais_carta_de_amor7.jpg</t>
+  </si>
+  <si>
+    <t>Fátinha Moura no Centro Cultural Olga Cadaval</t>
+  </si>
+  <si>
+    <t>A cantora de origem cabo-verdiana e residente em Sintra, Fátinha Moura, destaca-se no panorama lusófono pela sua voz única, que combina as sonoridades tradicionais de Cabo Verde com influências contemporâneas.</t>
+  </si>
+  <si>
+    <t>&lt;p style="text-align: justify;"&gt; A sua interpreta&amp;ccedil;&amp;atilde;o intensa e emotiva reflete uma liga&amp;ccedil;&amp;atilde;o profunda &amp;agrave; m&amp;uacute;sica crioula, ao amor, &amp;agrave; saudade e &amp;agrave; gratid&amp;atilde;o, temas que permeiam este novo trabalho.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;O &amp;aacute;lbum &amp;ldquo;Cartas de Amor&amp;rdquo;, conta com a colabora&amp;ccedil;&amp;atilde;o de produtores de renome, como Guga Dias, Alex Furtado, Tiago Ferreira e Lejemea, um dos mais importantes produtores de Cabo Verde.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Com o apoio da C&amp;acirc;mara Municipal de Sintra, este espet&amp;aacute;culo &amp;eacute; uma verdadeira &amp;ldquo;Carta de Amor&amp;rdquo;, uma homenagem &amp;agrave; vila de Sintra que acolheu a artista e &amp;agrave; comunidade que acompanha o seu percurso art&amp;iacute;stico.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Ser&amp;aacute; uma noite de celebra&amp;ccedil;&amp;atilde;o da identidade, da cultura e da m&amp;uacute;sica, protagonizada por uma artista Sintrense.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Os bilhetes encontram-se dispon&amp;iacute;veis nos locais habituais e na&amp;nbsp;&lt;a href="https://www.ticketline.pt/pesquisa?query=centro+cultural+olga+cadaval&amp;amp;district=&amp;amp;venue=&amp;amp;category=&amp;amp;from=&amp;amp;to=&amp;amp;_gl=1*xzcnk1*_up*MQ..*_gs*MQ..&amp;amp;gclid=EAIaIQobChMI-Lqa-5yBkwMVhPZ5BB3jXitQEAAYASAAEgKhUfD_BwE&amp;amp;gbraid=0AAAABBz4ZPPGJz0BBxIHFppqViRWwMNeY" target="_blank"&gt;Ticketline.&lt;/a&gt; Para conhecer toda a programa&amp;ccedil;&amp;atilde;o do Centro Cultural Olga Cadaval, visite &lt;a href="https://ccolgacadaval.pt/" target="_blank"&gt;ccolgacadaval.pt&lt;/a&gt;.&lt;/p&gt;
+&lt;p&gt;&amp;nbsp;&lt;/p&gt;
+&lt;p&gt;&amp;nbsp;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>2026-03-02</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/sintrachama2026_750x400.jpg</t>
+  </si>
+  <si>
+    <t>Sintra lança campanha de limpeza de terrenos para prevenção de fogos florestais</t>
+  </si>
+  <si>
+    <t>Inserida na estratégia de Gestão Integrada de Fogos Rurais, esta iniciativa pretende proteger vidas humanas, preservar o património natural e cultural do concelho e reforçar a segurança de todos os munícipes.</t>
+  </si>
+  <si>
+    <t>&lt;p style="text-align: justify;"&gt; A campanha decorre at&amp;eacute; maio e refor&amp;ccedil;a a necessidade do cumprimento das faixas de prote&amp;ccedil;&amp;atilde;o: 50 metros em redor das habita&amp;ccedil;&amp;otilde;es e 100 metros junto a aglomerados populacionais, sempre respeitando crit&amp;eacute;rios que salvaguardam a fauna, a flora e os espa&amp;ccedil;os hist&amp;oacute;ricos.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Os propriet&amp;aacute;rios ou arrendat&amp;aacute;rios podem verificar se os terrenos se encontram em &amp;aacute;reas protegidas ou pr&amp;oacute;ximos de aglomerados populacionais recorrendo a mapas, fotografias a&amp;eacute;reas ou consultando a informa&amp;ccedil;&amp;atilde;o geogr&amp;aacute;fica disponibilizada pela C&amp;acirc;mara Municipal de Sintra. Nos terrenos situados no Parque Natural Sintra Cascais, a limpeza requer parecer do Instituto da Conserva&amp;ccedil;&amp;atilde;o da Natureza e das Florestas.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Para esclarecimentos adicionais, os cidad&amp;atilde;os podem contactar a GNR &amp;ndash; SOS Ambiente (808 200 520) ou a PSP &amp;ndash; Ambiente (214 308 910). Toda a informa&amp;ccedil;&amp;atilde;o sobre procedimentos, crit&amp;eacute;rios e &amp;aacute;reas priorit&amp;aacute;rias est&amp;aacute; dispon&amp;iacute;vel em protecaocivil.sintra.pt.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;A C&amp;acirc;mara Municipal de Sintra, liderada pelo presidente Marco Almeida, refor&amp;ccedil;a o apelo &amp;agrave; participa&amp;ccedil;&amp;atilde;o ativa de todos os Sintrenses na preven&amp;ccedil;&amp;atilde;o, promovendo um concelho mais seguro e resiliente.&lt;/p&gt;
+&lt;p&gt;&amp;nbsp;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/redes_sociais_masha_urso6.jpg</t>
+  </si>
+  <si>
+    <t>Masha e o Urso apresentam espetáculo infantil no Centro Cultural Olga Cadaval</t>
+  </si>
+  <si>
+    <t>Dirigido a toda a família, o espetáculo combina dança, música e interação com o público, prometendo transportar miúdos e graúdos para o universo mágico da floresta onde vivem Masha e o Urso.</t>
+  </si>
+  <si>
+    <t>&lt;p style="text-align: justify;"&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Nesta nova aventura, Igor, um misterioso &amp;ldquo;ca&amp;ccedil;ador de estrelas&amp;rdquo;, convence o Urso a juntar-se ao seu circo. Desconfiada, Masha parte numa miss&amp;atilde;o para o salvar, contando com a ajuda dos amigos da floresta e do p&amp;uacute;blico para revelar os verdadeiros planos de Igor.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;O espet&amp;aacute;culo destaca valores como a amizade, a entreajuda e a import&amp;acirc;ncia de nunca desistir de quem mais gostamos, transformando o palco num verdadeiro universo de fantasia e divers&amp;atilde;o.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Os bilhetes encontram-se dispon&amp;iacute;veis atrav&amp;eacute;s da &lt;a href="https://www.ticketline.pt/evento/masha-e-o-urso-missao-no-circo-101200" target="_blank" rel="noopener noreferrer" target="_blank"&gt;Ticketline&lt;/a&gt;.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Conhe&amp;ccedil;a toda a programa&amp;ccedil;&amp;atilde;o do Centro Cultural Olga Cadaval em &lt;a href="https://ccolgacadaval.pt/" target="_blank" rel="noopener noreferrer" target="_blank"&gt;ccolgacadaval.pt&lt;/a&gt;.&lt;/p&gt;
+&lt;p style="text-align: center;"&gt;&amp;nbsp;&lt;/p&gt;
+&lt;p&gt;&amp;nbsp;&lt;/p&gt;
+&lt;p&gt;&amp;nbsp;&lt;/p&gt;
+&lt;p&gt;&amp;nbsp;&lt;/p&gt;
+&lt;p&gt;&amp;nbsp;&lt;/p&gt;
+&lt;p&gt;&amp;nbsp;&lt;/p&gt;
+&lt;p&gt;&amp;nbsp;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>2026-02-26</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/banner_750x400_dias-da-idade_maro.jpg</t>
+  </si>
+  <si>
+    <t>José Alberto Reis traz música e emoção aos seniores Sintrenses</t>
+  </si>
+  <si>
+    <t>O espetáculo convida o público a celebrar uma das vozes mais reconhecidas da música portuguesa, José Alberto Reis, num concerto que assinala quase quatro décadas de carreira artística.</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;Com uma abordagem musical intimista e emocional, o artista revisita alguns dos seus maiores &amp;ecirc;xitos, como &amp;ldquo;Setembro&amp;rdquo;, &amp;ldquo;Amo-te&amp;rdquo; e &amp;ldquo;Alma Rebelde&amp;rdquo;,&amp;nbsp;can&amp;ccedil;&amp;otilde;es que atravessam gera&amp;ccedil;&amp;otilde;es e permanecem na mem&amp;oacute;ria afetiva do p&amp;uacute;blico Sintrense. A sua voz &amp;iacute;mpar e presen&amp;ccedil;a marcante prometem proporcionar uma tarde envolvente e repleta de emo&amp;ccedil;&amp;otilde;es.&lt;/p&gt;
+&lt;p&gt;Os Dias da Idade s&amp;atilde;o um programa da autarquia que pretende estimular a participa&amp;ccedil;&amp;atilde;o dos seniores Sintrenses, promover o envelhecimento ativo e saud&amp;aacute;vel e combater o isolamento e a solid&amp;atilde;o.&lt;/p&gt;
+&lt;p&gt;&amp;nbsp;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/redes_sociais_d_quixote7.jpg</t>
+  </si>
+  <si>
+    <t>Concerto para toda a família no Centro Cultural Olga Cadaval</t>
+  </si>
+  <si>
+    <t>O evento, de entrada gratuita, integra um programa que alia a música barroca à narração teatral, tornando uma experiência acessível a todos os públicos Sintrenses.</t>
+  </si>
+  <si>
+    <t>&lt;p style="text-align: justify;"&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;O concerto inicia-se com a elegante Ouverture-Suite em L&amp;aacute; maior de Telemann, prossegue com o Concerto para obo&amp;eacute; e orquestra em Sol menor, de Johann Sebastian Bach &amp;ndash; com o obo&amp;iacute;sta Filipe Freitas como solista &amp;ndash;, e inclui ainda o Concerto Grosso em Si menor, de Ant&amp;oacute;nio Pereira da Costa e o Concerto para obo&amp;eacute; em R&amp;eacute; menor de Alessandro Marcello.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;O momento central do espet&amp;aacute;culo ser&amp;aacute; a &amp;ldquo;Burlesque de D. Quixote&amp;rdquo;, com narra&amp;ccedil;&amp;atilde;o de S&amp;eacute;rgio Moura Afonso, numa recria&amp;ccedil;&amp;atilde;o musical das perip&amp;eacute;cias do ic&amp;oacute;nico cavaleiro andante e do seu fiel escudeiro, Sancho Pan&amp;ccedil;a.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;A entrada &amp;eacute; gratuita, com levantamento exclusivo de bilhetes na bilheteira do Centro Cultural Olga Cadaval. Conhe&amp;ccedil;a toda a programa&amp;ccedil;&amp;atilde;o em &lt;a id="menur6gg" title="https://ccolgacadaval.pt/" href="https://ccolgacadaval.pt/" target="_blank" rel="noopener noreferrer" target="_blank"&gt;ccolgacadaval.pt&lt;/a&gt;.&amp;nbsp;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&amp;nbsp;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>2026-02-24</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/redes_sociais_concerto_bebes_mar6.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Concertos para Bebés de volta ao Centro Cultural Olga Cadaval </t>
+  </si>
+  <si>
+    <t>Com interpretação do trombonista Hugo Assunção Trindade, o concerto convida os mais pequenos e as suas famílias a descobrir o muindo dos sons através de uma experiência sensorial envolvente.</t>
+  </si>
+  <si>
+    <t>&lt;p&gt; O trombone, de timbre grave e aveludado, conduz o p&amp;uacute;blico por melodias cheias de humor e delicadeza.&lt;/p&gt;
+&lt;p&gt;Entre momentos l&amp;uacute;dicos de inspira&amp;ccedil;&amp;atilde;o rom&amp;acirc;ntica e contempor&amp;acirc;nea, o espet&amp;aacute;culo transforma-se numa viagem sonora pensada para a primeira inf&amp;acirc;ncia.&lt;/p&gt;
+&lt;p&gt;Produzido pela Musicalmente, o concerto tem a dura&amp;ccedil;&amp;atilde;o aproximada de 40 minutos, sem intervalo, e destina-se a todas as idades.&lt;/p&gt;
+&lt;p&gt;Os bilhetes est&amp;atilde;o dispon&amp;iacute;veis na &amp;nbsp;&lt;a href="https://www.ticketline.pt/evento/concertos-para-bebes-cc-olga-cadaval-102022?_gl=1*1jsilao*_up*MQ..&amp;amp;gclid=EAIaIQobChMI19CGprTlkgMVz6iDBx0mYxS0EAAYASAAEgIfIvD_BwE&amp;amp;gbraid=0AAAABBz4ZPPzBoJtxU-qMc72vRHL0f_R0" target="_blank"&gt;Ticketline&lt;/a&gt;. Acompanhe toda programa&amp;ccedil;&amp;atilde;o no&amp;nbsp;&lt;a href="https://ccolgacadaval.pt/" target="_blank"&gt;site oficial&lt;/a&gt;&amp;nbsp;do Centro Cultural Olga Cadaval.&lt;/p&gt;
+&lt;p&gt;&amp;nbsp;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>2026-02-23</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/redes_sociais_palavras_de_amor6.jpg</t>
+  </si>
+  <si>
+    <t>Recital de poesia e fado marca o Dia da Mulher em Sintra</t>
+  </si>
+  <si>
+    <t>O espetáculo terá como protagonista a atriz Inês Castel-Branco, reconhecida pela sua voz marcante e pela forte presença no teatro, cinema e televisão.</t>
+  </si>
+  <si>
+    <t>&lt;p style="text-align: justify;"&gt; A artista ser&amp;aacute; acompanhada pelo conceituado fadista Jorge Baptista da Silva, num recital que convida o p&amp;uacute;blico a percorrer um universo liter&amp;aacute;rio e musical profundamente ligado &amp;agrave; express&amp;atilde;o feminina, com textos de autoras como Sophia de Mello Breyner Andresen, Florbela Espanca, Nat&amp;aacute;lia Correia, Maria Teresa Horta, Agustina Bessa-Lu&amp;iacute;s, L&amp;iacute;dia Jorge e Rosa Lobato Faria.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;O recital explora ainda o imagin&amp;aacute;rio amoroso presente nas cl&amp;aacute;ssicas Cartas Portuguesas, de Mariana Alcoforado, e nas Novas Cartas Portuguesas das chamadas &amp;ldquo;Tr&amp;ecirc;s Marias&amp;rdquo;, Maria Teresa Horta, Maria Velho da Costa e Maria Isabel Barreno.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Entre poemas e palavras de amor, Jorge Baptista da Silva ir&amp;aacute; interpretar grandes fados e can&amp;ccedil;&amp;otilde;es intemporais, acompanhado por guitarra portuguesa e viola de fado, oferecendo uma experi&amp;ecirc;ncia art&amp;iacute;stica rica em emo&amp;ccedil;&amp;atilde;o e tradi&amp;ccedil;&amp;atilde;o Sintrenses.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Os bilhetes est&amp;atilde;o dispon&amp;iacute;veis na &lt;a href="https://www.ticketline.pt/evento/palavras-de-amor-101557" target="_blank"&gt;Ticketline&lt;/a&gt;.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Para conhecer toda a programa&amp;ccedil;&amp;atilde;o, consulte o &lt;a href="https://ccolgacadaval.pt/" target="_blank"&gt;site oficial&lt;/a&gt; do Centro Cultural Olga Cadaval.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>2026-02-06</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/redes_sociais_oms_broadway6.jpg</t>
+  </si>
+  <si>
+    <t>Concerto “Viagem à Broadway” da Orquestra Municipal de Sintra com lotação esgotada</t>
+  </si>
+  <si>
+    <t>Sob a direção do maestro Cesário Costa, o público é convidado a embarcar numa viagem à Broadway, num evento único que vai reunir em palco cerca de 200 músicos, incluindo os coros e alunos das escolas de música e bandas filarmónicas Sintrenses.</t>
+  </si>
+  <si>
+    <t>&lt;p style="text-align: justify;"&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Ser&amp;atilde;o interpretados trechos de emblem&amp;aacute;ticos musicais da Broadway, como M&amp;uacute;sica no Cora&amp;ccedil;&amp;atilde;o, O Fantasma da &amp;Oacute;pera, O Rei Le&amp;atilde;o, West Side Story, Les Mis&amp;eacute;rables e Chicago, proporcionando ao p&amp;uacute;blico uma experi&amp;ecirc;ncia inesquec&amp;iacute;vel.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Acompanhe a programa&amp;ccedil;&amp;atilde;o do Centro Cultural Olga Cadaval e saiba quais os pr&amp;oacute;ximos concertos.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Mais informa&amp;ccedil;&amp;otilde;es em &lt;a href="https://ccolgacadaval.pt/" target="_blank" rel="noopener noreferrer" target="_blank"&gt;ccolgacadaval.pt&lt;/a&gt;.&lt;/p&gt;
+&lt;p&gt;&amp;nbsp;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>2026-02-05</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/redes_sociais_ladroes_palavras6.jpg</t>
+  </si>
+  <si>
+    <t>Instantâneos apresentam "Ladrões de Palavras" para toda a família</t>
+  </si>
+  <si>
+    <t>No dia 21 de fevereiro, pelas 15h30, será apresentada a sessão “Ladrões de Palavras”, uma proposta única e divertida para os mais jovens e para as famílias.</t>
+  </si>
+  <si>
+    <t>&lt;p style="text-align: justify;"&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Este espet&amp;aacute;culo de improviso traz &amp;agrave; cena um grupo de ladr&amp;otilde;es, mas n&amp;atilde;o s&amp;atilde;o ladr&amp;otilde;es comuns... Estes s&amp;atilde;o "os ladr&amp;otilde;es mais inexperientes da hist&amp;oacute;ria do crime"e o seu plano consiste em roubar palavras de livros e transform&amp;aacute;-las em hist&amp;oacute;rias completamente novas e criativas, tudo ao vivo e &amp;agrave; vista do p&amp;uacute;blico.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;A intera&amp;ccedil;&amp;atilde;o com o p&amp;uacute;blico &amp;eacute; parte essencial do espet&amp;aacute;culo, criando um ambiente din&amp;acirc;mico onde a imagina&amp;ccedil;&amp;atilde;o ser&amp;aacute; o principal tesouro a ser &amp;ldquo;roubado&amp;rdquo;.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Ladr&amp;otilde;es de Palavras &amp;eacute; uma oportunidade &amp;uacute;nica para os mais novos experienciarem o mundo do teatro de improviso, enquanto os mais experientes revivem a magia da criatividade e do humor num formato &amp;uacute;nico e envolvente.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Os bilhetes podem ser adquiridos na &lt;a href="https://www.ticketline.pt/evento/ladroes-de-palavras-instantaneos-101438" target="_blank"&gt;Ticketline&lt;/a&gt;.&amp;nbsp;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Mais informa&amp;ccedil;&amp;atilde;o em &lt;a href="https://ccolgacadaval.pt/" target="_blank"&gt;ccolgacadaval.pt&lt;/a&gt;.&amp;nbsp;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&amp;nbsp;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/banner_dias-da-idade_dias-da-idade_25-fev_1.jpg</t>
+  </si>
+  <si>
+    <t>Marina Mota traz humor para seniores ao Centro Cultural Olga Cadaval</t>
+  </si>
+  <si>
+    <t>Trata-se de um espetáculo que combina humor e reflexão, proporcionando momentos de diversão ao mesmo tempo que convida o público a pensar sobre a vida e as relações humanas.</t>
+  </si>
+  <si>
+    <t>&lt;p style="text-align: justify;"&gt; Com um elenco de peso, que inclu&amp;iacute; Marina Mota, uma das caras mais conhecidas do humor nacional, Rosa Villa e Diogo Chamorra, a com&amp;eacute;dia promete arrancar risos e emo&amp;ccedil;&amp;otilde;es ao p&amp;uacute;blico. &amp;nbsp;&amp;nbsp;&amp;nbsp;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Os Dias da Idade s&amp;atilde;o um programa da autarquia que pretende estimular a participa&amp;ccedil;&amp;atilde;o dos seniores Sintrenses, promover o envelhecimento ativo e saud&amp;aacute;vel e combater o isolamento e a solid&amp;atilde;o.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;A entrada &amp;eacute; gratuita, mediante reserva obrigat&amp;oacute;ria, efetuada nas Juntas e Uni&amp;otilde;es de Freguesia e nas Associa&amp;ccedil;&amp;otilde;es de Idosos do concelho.&amp;nbsp;&amp;nbsp;&amp;nbsp;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Para conhecer toda a programa&amp;ccedil;&amp;atilde;o do Centro Cultural Olga Cadaval, consulte &lt;a href="https://ccolgacadaval.pt/" target="_blank"&gt;ccolgacadaval.pt&lt;/a&gt;.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&amp;nbsp;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/redes_sociais_desvio6_1.jpg</t>
+  </si>
+  <si>
+    <t>“Desvio” leva dança inclusiva ao Centro Cultural Olga Cadaval</t>
+  </si>
+  <si>
+    <t>Esta apresentação reúne jovens Sintrenses em situação de vulnerabilidade social e/ou com deficiência, que, através da dança e do relato de experiências pessoais, partilham vivências que promovem a inclusão, o respeito pela diversidade e o fortalecimento de laços de empatia dentro da comunidade.</t>
+  </si>
+  <si>
+    <t>&lt;p style="text-align: justify;"&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;O projeto &amp;ldquo;Entre Dan&amp;ccedil;as Contam&amp;#8209;se Hist&amp;oacute;rias&amp;rdquo;, promovido pela C&amp;acirc;mara Municipal de Sintra e dinamizado pelo Atelier3, tem como miss&amp;atilde;o garantir o acesso &amp;agrave; cultura, estimular a express&amp;atilde;o art&amp;iacute;stica e favorecer a integra&amp;ccedil;&amp;atilde;o social atrav&amp;eacute;s da dan&amp;ccedil;a.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;A entrada &amp;eacute; gratuita, mediante reserva obrigat&amp;oacute;ria por &lt;a href="mailto:info@ateliertres.com" target="_blank"&gt;e-mail&lt;/a&gt;.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Toda a programa&amp;ccedil;&amp;atilde;o do Centro Cultural Olga Cadaval pode ser consultada em &lt;a href="ccolgacadaval.pt" target="_blank" rel="noopener noreferrer" target="_blank"&gt;ccolgacadaval.pt&lt;/a&gt;.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>2026-02-04</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/banner_geral_museus_fev2026.jpg</t>
+  </si>
+  <si>
+    <t>Museus de Sintra lançam nova programação cultural para fevereiro</t>
+  </si>
+  <si>
+    <t>No MASMO - Museu Arqueológico de São Miguel de Odrinhas, destacam‑se este mês a visita‑descoberta “Eros, Deus do Amor”, dedicada ao Dia dos Namorados, a conferência “Pão, vinho e violetas: o culto dos mortos em Roma”, e mais uma edição das Noites de Orfeu, com o concerto “Júpiter - Rei dos Deuses”.</t>
+  </si>
+  <si>
+    <t>&lt;p style="text-align: justify;"&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;O MU.SA - Museu das Artes de Sintra mant&amp;eacute;m patente a exposi&amp;ccedil;&amp;atilde;o &amp;ldquo;Pappus&amp;rdquo;, da coletiva Pappus Collective, e inaugura duas novas propostas: &amp;ldquo;Matter of Choice&amp;rdquo;, de Lu&amp;iacute;sa Ramires, e &amp;ldquo;Uma Borboleta nos Escombros&amp;rdquo;, integrada no Festival Periferias.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;No MHNS - Museu de Hist&amp;oacute;ria Natural de Sintra, continua patente a mostra &amp;ldquo;Entre o Mar Egeu e o Mar J&amp;oacute;nico, as marcas de uma nova civiliza&amp;ccedil;&amp;atilde;o&amp;rdquo;, com a mostra de 15 pe&amp;ccedil;as de cer&amp;acirc;mica grega que transportam os visitantes para a hist&amp;oacute;ria das antigas civiliza&amp;ccedil;&amp;otilde;es.&amp;nbsp;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;J&amp;aacute; na Casa-Museu Leal da C&amp;acirc;mara, ser&amp;aacute; poss&amp;iacute;vel visitar a exposi&amp;ccedil;&amp;atilde;o tempor&amp;aacute;ria &amp;ldquo;Escritores Portugueses por Leal da C&amp;acirc;mara&amp;rdquo; e participar na visita-tem&amp;aacute;tica ao atelier de Leal da C&amp;acirc;mara.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Por fim, no MFC - Museu Ferreira de Castro, ser&amp;aacute; poss&amp;iacute;vel participar no Clube de Leitura com a obra &amp;ldquo;A Letra Escarlate&amp;rdquo;, de Nathaniel Hawthorn, e visitar a exposi&amp;ccedil;&amp;atilde;o &amp;ldquo;A Cole&amp;ccedil;&amp;atilde;o Cunha e Costa &amp;ndash; um Portugal que nos une!&amp;rdquo;.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;A C&amp;acirc;mara Municipal de Sintra recorda que o acesso aos museus municipais &amp;eacute; gratuito durante todo o ano e que algumas atividades requerem inscri&amp;ccedil;&amp;atilde;o pr&amp;eacute;via por telefone.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Mais informa&amp;ccedil;&amp;otilde;es sobre os Museus Municipais de Sintra,&amp;nbsp;&lt;a href="atualidade/cultura/museus-municipais-de-sintra" target="_blank"&gt;AQUI&lt;/a&gt;.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;PROGRAMA&lt;/strong&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;&lt;u&gt;MASMO &amp;ndash; Museu Arqueol&amp;oacute;gico de S&amp;atilde;o Miguel de Odrinhas&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;14.FEV, 15h00 | Visita-Descoberta: Eros, Deus do Amor&amp;nbsp; &lt;br&gt;&lt;/strong&gt;Neste dia dedicado ao Amor, vamos conhecer uma divindade representada sob a forma de crian&amp;ccedil;a que se compraz em perturbar cora&amp;ccedil;&amp;otilde;es. Por&amp;eacute;m, sob a imagem da fr&amp;aacute;gil figura infantil aparentemente inocente, adivinha-se um deus poderoso que pode desferir, ao sabor da sua fantasia, os golpes mais cru&amp;eacute;is! As suas interven&amp;ccedil;&amp;otilde;es na mitologia cl&amp;aacute;ssica s&amp;atilde;o inumer&amp;aacute;veis. Para esta atividade elegemos o epis&amp;oacute;dio que une Eros e Psique e convidamos a recriar a seta que uniu este amor.&lt;br&gt;Destinat&amp;aacute;rios: Fam&amp;iacute;lias, com marca&amp;ccedil;&amp;atilde;o.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;21.FEV, 16h00 | Confer&amp;ecirc;ncia &amp;ldquo;P&amp;atilde;o, vinho e violetas: o culto dos mortos em Roma", por Andr&amp;eacute; Sim&amp;otilde;es&lt;br&gt;&lt;/strong&gt;Nesta confer&amp;ecirc;ncia, ministrada por Andr&amp;eacute; Sim&amp;otilde;es, ser&amp;atilde;o abordadas quest&amp;otilde;es sobre a conce&amp;ccedil;&amp;atilde;o&amp;nbsp;romana do Al&amp;eacute;m. Eram v&amp;aacute;rias as ocasi&amp;otilde;es ao longo do ano em que o Romano prestava culto aos seus mortos, desde as visitas regulares aos&amp;nbsp;t&amp;uacute;mulos at&amp;eacute; aos rituais religiosos coletivos ou privados, como &lt;em&gt;Parentalia&lt;/em&gt; ou &lt;em&gt;Lemuria&lt;/em&gt;. A partir de fontes liter&amp;aacute;rias e epigr&amp;aacute;ficas, procurar-se-&amp;aacute; descrever em linhas gerais estes rituais, e as consequ&amp;ecirc;ncias da sua neglig&amp;ecirc;ncia.&lt;br&gt;Destinat&amp;aacute;rios: P&amp;uacute;blico em geral com marca&amp;ccedil;&amp;atilde;o.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;28.FEV, 21h00 | Noites de Orfeu Concerto J&amp;uacute;piter &amp;ndash; Rei dos deuses&lt;br&gt;&lt;/strong&gt;J&amp;uacute;piter, o rei dos deuses na mitologia romana, simboliza poder, majestade e autoridade. Como governante do c&amp;eacute;u e do destino, a sua figura imponente e nobre ecoa no conceito de grandeza e harmonia. A Sinfonia n.&amp;ordm; 41 em D&amp;oacute; maior, K. 551, de Wolfgang Amadeus Mozart, conhecida como "J&amp;uacute;piter", reflete esses atributos. Composta em 1788, esta &amp;uacute;ltima sinfonia de Mozart &amp;eacute; uma obra monumental que exibe uma estrutura grandiosa e uma complexidade que remete &amp;agrave; ideia de um dom&amp;iacute;nio absoluto, como o de J&amp;uacute;piter. Assim, esta sinfonia transforma-se na express&amp;atilde;o musical da figura de J&amp;uacute;piter, evocando tanto o esplendor celestial quanto a autoridade imponente do deus supremo.&lt;br&gt;Complementarmente, s&amp;atilde;o apresentados trechos de obras de Jo&amp;atilde;o Cordeiro da Silva e Nicola Porpora que evocam J&amp;uacute;piter, como tema central.&lt;br&gt;Apresentado pelo Ensemble Sintra Est&amp;uacute;dio de &amp;Oacute;pera, a tem&amp;aacute;tica deste concerto encontra-se interligada com a cole&amp;ccedil;&amp;atilde;o do Museu. O mesmo ter&amp;aacute; lugar na exposi&amp;ccedil;&amp;atilde;o permanente, junto de um altar consagrado a J&amp;uacute;piter e duas grandes colunas d&amp;oacute;ricas, descobertos na Villa Romana da Granja dos Serr&amp;otilde;es (Freguesia de P&amp;ecirc;ro Pinheiro), local de um prov&amp;aacute;vel templo romano consagrado ao pai dos deuses.&lt;br&gt;Destinat&amp;aacute;rios: P&amp;uacute;blico em geral com marca&amp;ccedil;&amp;atilde;o&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;&lt;u&gt;MHNS - Museu de Hist&amp;oacute;ria Natural de Sintra&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;At&amp;eacute; 29.MAR | Exposi&amp;ccedil;&amp;atilde;o &amp;ldquo;Entre o Egeu e o Mar J&amp;oacute;nico, as marcas de uma Nova Civiliza&amp;ccedil;&amp;atilde;o&amp;rdquo;&lt;br&gt;&lt;/strong&gt;A partir do s&amp;eacute;culo VIII a.C., a civiliza&amp;ccedil;&amp;atilde;o grega iniciou um amplo movimento de expans&amp;atilde;o para Ocidente, que se traduziu na funda&amp;ccedil;&amp;atilde;o de numerosas col&amp;oacute;nias ao longo das regi&amp;otilde;es meridionais da Pen&amp;iacute;nsula It&amp;aacute;lica e em parte da Sic&amp;iacute;lia. Estas novas terras, caracterizadas por vastas plan&amp;iacute;cies em contraste com o relevo abrupto e fragmentado da H&amp;eacute;lade, ofereceram aos gregos uma sensa&amp;ccedil;&amp;atilde;o de amplitude e prosperidade que os levou a batiz&amp;aacute;-las de Meg&amp;aacute;l&amp;#275; Hell&amp;aacute;s, ou Magna Gr&amp;eacute;cia. Este territ&amp;oacute;rio viria a afirmar-se como um dos mais fecundos centros da cultura grega fora do espa&amp;ccedil;o continental&lt;br&gt;A exposi&amp;ccedil;&amp;atilde;o &amp;ldquo;Entre o Mar Egeu e o Mar J&amp;oacute;nico, as marcas de uma Nova Civiliza&amp;ccedil;&amp;atilde;o&amp;rdquo; re&amp;uacute;ne um conjunto de 15 pe&amp;ccedil;as de estilo geom&amp;eacute;trico e cl&amp;aacute;ssico provenientes deste per&amp;iacute;odo de efervesc&amp;ecirc;ncia cultural e art&amp;iacute;stica, testemunhos materiais de uma era de singular vitalidade criativa. Estes artefactos, de inestim&amp;aacute;vel valor arqueol&amp;oacute;gico e hist&amp;oacute;rico, integraram outrora a cole&amp;ccedil;&amp;atilde;o do casal Fernanda e Miguel Barbosa, encontrando-se hoje sob a guarda do Dr. Paulo Macedo, seu familiar.&lt;br&gt;Destinat&amp;aacute;rios: P&amp;uacute;blico em geral&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;&lt;u&gt;MU.SA &amp;ndash; Museu das Artes de Sintra&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;At&amp;eacute; 15.FEV | Exposi&amp;ccedil;&amp;atilde;o tempor&amp;aacute;ria &amp;ldquo;Pappus&amp;rdquo;, da coletiva Pappus Collective&lt;br&gt;&lt;/strong&gt;Pappus re&amp;uacute;ne trabalhos de Vera Fonseka e Sejin Cho, explorando o di&amp;aacute;logo entre som, palavra e presen&amp;ccedil;a.&lt;br&gt;A partir de uma instala&amp;ccedil;&amp;atilde;o colaborativa, as artistas investigam a coexist&amp;ecirc;ncia entre diferen&amp;ccedil;as &amp;mdash; culturais, lingu&amp;iacute;sticas e sensoriais &amp;mdash; atrav&amp;eacute;s da tradu&amp;ccedil;&amp;atilde;o entre meios: escrita, voz e imagem. O poema mural de Fonseka e o dispositivo sonoro de Cho formam um campo partilhado de escuta e vibra&amp;ccedil;&amp;atilde;o. Entre sil&amp;ecirc;ncio e reverbera&amp;ccedil;&amp;atilde;o, a exposi&amp;ccedil;&amp;atilde;o prop&amp;otilde;e uma reflex&amp;atilde;o sobre a impossibilidade de apreender o outro e a persist&amp;ecirc;ncia do desejo de rela&amp;ccedil;&amp;atilde;o.&lt;br&gt;Destinat&amp;aacute;rios: P&amp;uacute;blico em geral&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;27.FEV a 12.ABR | Exposi&amp;ccedil;&amp;atilde;o &amp;ldquo;Matter of Choice&amp;rdquo;, de Lu&amp;iacute;sa Ramires&lt;br&gt;&lt;/strong&gt;Destinat&amp;aacute;rios: P&amp;uacute;blico em geral&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;05.MAR a 12.ABR | Uma Borboleta nos Escombros, Ch&amp;atilde;o de Oliva&lt;br&gt;&lt;/strong&gt;Inserido no Festival Periferias&lt;br&gt;Em 2025, o Ch&amp;atilde;o de Oliva perdeu grande parte do seu arquivo num inc&amp;ecirc;ndio, epis&amp;oacute;dio que marcou profundamente a hist&amp;oacute;ria da institui&amp;ccedil;&amp;atilde;o, deixando uma perda irrepar&amp;aacute;vel. No mesmo ano em que se desenvolve o ciclo &amp;ldquo;Ecogeografias&amp;rdquo;, imp&amp;otilde;em&amp;#8209;se tamb&amp;eacute;m outras imagens de inc&amp;ecirc;ndios que devastam paisagens naturais e, por vezes, afetam vidas humanas.&lt;br&gt;Do inc&amp;ecirc;ndio apenas alguns objetos puderam ser recuperados, p&amp;aacute;ginas queimadas, cartazes, fragmentos, agora reunidos nesta exposi&amp;ccedil;&amp;atilde;o. Em paralelo, estabelece&amp;#8209;se um di&amp;aacute;logo com outras paisagens igualmente marcadas pelo fogo, numa reflex&amp;atilde;o sobre perda, mas tamb&amp;eacute;m sobre recupera&amp;ccedil;&amp;atilde;o e resili&amp;ecirc;ncia.&lt;br&gt;A imagem de uma borboleta que surgiu entre os escombros, no dia em que foram recolhidos vest&amp;iacute;gios no meio das cinzas, tornou&amp;#8209;se s&amp;iacute;mbolo dessa esperan&amp;ccedil;a que persiste mesmo ap&amp;oacute;s a destrui&amp;ccedil;&amp;atilde;o.&lt;br&gt; Destinat&amp;aacute;rios: P&amp;uacute;blico em Geral&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;&lt;u&gt;CMLC &amp;ndash; Casa-Museu Leal da C&amp;acirc;mara&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;At&amp;eacute; 10.MAI | Exposi&amp;ccedil;&amp;atilde;o Tempor&amp;aacute;ria &amp;ldquo;Escritores Portugueses por Leal da C&amp;acirc;mara&amp;rdquo;&lt;/strong&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;A caricatura de escritores foi um tema central na obra de Leal da C&amp;acirc;mara, presente ao longo de toda a sua carreira. Viveu entre Portugal, Madrid e Paris, onde esteve em contacto com os meios intelectuais e culturais do seu tempo, retratando figuras de destaque, sobretudo escritores e poetas, muitas vezes a pedido de jornais, revistas e exposi&amp;ccedil;&amp;otilde;es.&lt;br&gt;Entre estes retratos est&amp;atilde;o os de escritores portugueses de v&amp;aacute;rias &amp;eacute;pocas, desde Gil Vicente e Padre Ant&amp;oacute;nio Vieira at&amp;eacute; contempor&amp;acirc;neos como Ramalho Ortig&amp;atilde;o ou Fialho de Almeida, alguns dos quais foram inclu&amp;iacute;dos no&amp;nbsp;Cat&amp;aacute;logo da Sec&amp;ccedil;&amp;atilde;o Portuguesa da Exposi&amp;ccedil;&amp;atilde;o Internacional do Rio de Janeiro&amp;nbsp;(1922/23). Leal da C&amp;acirc;mara retratou ainda escritores seus amigos pr&amp;oacute;ximos, como Guerra Junqueiro e Ana de Castro Os&amp;oacute;rio, ilustrando tamb&amp;eacute;m v&amp;aacute;rias das suas obras liter&amp;aacute;rias.&lt;br&gt;Esta exposi&amp;ccedil;&amp;atilde;o apresenta uma sele&amp;ccedil;&amp;atilde;o desses retratos, com o objetivo de valorizar figuras marcantes da literatura portuguesa e reavivar a mem&amp;oacute;ria das suas obras e do seu legado humanista. Como atividade complementar, ser&amp;aacute; disponibilizada a&amp;nbsp;Atividade Educativa "O Meu Escritor", que convida os participantes a criar um retrato caricatural de um dos escritores expostos.&lt;br&gt;Destinat&amp;aacute;rios: P&amp;uacute;blico em geral&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;21.FEV, 15h00 | Visita tem&amp;aacute;tica: O Atelier de Leal da C&amp;acirc;mara&lt;br&gt;&lt;/strong&gt;Explorando todo o aparato de uma das salas preferidas do casal Leal da C&amp;acirc;mara na sua resid&amp;ecirc;ncia na Rinchoa e onde se recria o est&amp;uacute;dio do artista, expondo-se muitos artefactos usados na conce&amp;ccedil;&amp;atilde;o das suas obras. De salientar, ainda, o denominado &amp;lsquo;quadro inacabado&amp;rsquo;, de 1948, correspondendo &amp;agrave; &amp;uacute;ltima cria&amp;ccedil;&amp;atilde;o pl&amp;aacute;stica do Mestre e que retrata &amp;lsquo;O Muro do Derrete&amp;rsquo;, na Feira das Merc&amp;ecirc;s.&lt;br&gt;Destinat&amp;aacute;rios: p&amp;uacute;blico em geral&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;&lt;u&gt;MFC - Museu Ferreira de Castro&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;Em exibi&amp;ccedil;&amp;atilde;o | Exposi&amp;ccedil;&amp;atilde;o &amp;ldquo;A cole&amp;ccedil;&amp;atilde;o Cunha e Costa &amp;ndash; um Portugal que nos une!&amp;rdquo;&lt;br&gt;&lt;/strong&gt;Com base na valiosa cole&amp;ccedil;&amp;atilde;o etnogr&amp;aacute;fica doada ao Munic&amp;iacute;pio Sintrense em 1940 por Eduardo Cunha e Costa, que era &amp;agrave; &amp;eacute;poca, a melhor cole&amp;ccedil;&amp;atilde;o de cer&amp;acirc;mica regional do pa&amp;iacute;s, sendo o produto de mais de quatro dezenas de anos de dedicada, paciente e esclarecida recolha, a exposi&amp;ccedil;&amp;atilde;o &amp;ldquo;A Cole&amp;ccedil;&amp;atilde;o Cunha e Costa &amp;ndash; Um Portugal que nos une&amp;rdquo;, com curadoria de Marta Ribeiro, constitui uma justa homenagem a este colecionador e amigo de Sintra.&lt;br&gt;S&amp;atilde;o apresentadas na presente mostra, constitu&amp;iacute;da maioritariamente por cer&amp;acirc;mica figurativa e utilit&amp;aacute;ria, pe&amp;ccedil;as &amp;uacute;nicas, que refletem a cultura, as hist&amp;oacute;rias e as t&amp;eacute;cnicas ancestrais de diversas comunidades, de norte a sul do pa&amp;iacute;s. Atrav&amp;eacute;s delas e das suas especificidades, &amp;eacute; um Portugal que nos une!&lt;br&gt;Destinat&amp;aacute;rios: P&amp;uacute;blico em geral&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;06.FEV, 18h00 | Clube de Leitura &amp;ldquo;A Letra Escarlate&amp;rdquo;, de Nathaniel Hawthorn&lt;br&gt;&lt;/strong&gt;No m&amp;ecirc;s de fevereiro o Clube de Leitura debater&amp;aacute; o livro A Letra Escarlate, de Nathaniel Hawthorn.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&amp;nbsp;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&amp;nbsp;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&amp;nbsp;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>https://www.sintraviladigital.pt/files/images/blog/redes_sociais_duelo6.jpg</t>
+  </si>
+  <si>
+    <t>ESGOTADO | Instantâneos trazem Duelo Improvisado ao Centro Cultural Olga Cadaval</t>
+  </si>
+  <si>
+    <t>Depois de mais de uma década de sucesso, os Instantâneos trazem a público uma batalha de risos entre duas equipas de improvisadores.</t>
+  </si>
+  <si>
+    <t>&lt;p style="text-align: justify;"&gt; Sob o olhar atento do &amp;aacute;rbitro Comodoro Condor, os artistas ter&amp;atilde;o de enfrentar desafios inesperados e criativos para conquistar o voto da plateia. Com muita intera&amp;ccedil;&amp;atilde;o e surpresas, este espet&amp;aacute;culo garante uma experi&amp;ecirc;ncia cheia de gargalhadas e emo&amp;ccedil;&amp;atilde;o do in&amp;iacute;cio ao fim.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Os bilhetes podem ser adquiridos na &lt;a href="https://www.ticketline.pt/evento/duelo-improvisado-instantaneos-101436" target="_blank"&gt;Ticketline&lt;/a&gt;.&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;Mais informa&amp;ccedil;&amp;otilde;es sobre a programa&amp;ccedil;&amp;atilde;o em &lt;a href="https://ccolgacadaval.pt/" target="_blank"&gt;ccolgacadaval.pt&lt;/a&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>2026-01-29</t>
   </si>
   <si>
     <t>https://www.sintraviladigital.pt/files/images/blog/redes_sociais_bridezilla6b_1.jpg</t>
   </si>
   <si>
     <t>Bridezilla em cena no Centro Cultural Olga Cadaval</t>
   </si>
   <si>
     <t>Conhecida do público pela sua carreira na televisão e pelo seu percurso como escritora e blogger, Jessica Athayde estreia-se agora no teatro com o espetáculo “Bridezilla”, uma proposta intimista e humorística sobre os bastidores caóticos da preparação de um casamento.</t>
   </si>
   <si>
     <t>&lt;p style="text-align: justify;"&gt;&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;Em &amp;ldquo;Bridezilla&amp;rdquo;, Jessica Athayde leva o p&amp;uacute;blico a acompanhar os momentos mais desastrosos e divertidos de uma noiva em plena crise pr&amp;eacute;-nupcial. Entre provas que falham, planos que desmoronam e imprevistos a cada passo, a atriz revela, com humor e sensibilidade, que mesmo no caos h&amp;aacute; espa&amp;ccedil;o para rir, partilhar e celebrar o amor.&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;O espet&amp;aacute;culo promete humor e honestidade, num turbilh&amp;atilde;o emocional e log&amp;iacute;stico da prepara&amp;ccedil;&amp;atilde;o de um casamento. Um relato ca&amp;oacute;tico, divertido e profundamente humano, onde o p&amp;uacute;blico se torna c&amp;uacute;mplice de uma festa imperfeita e inesquec&amp;iacute;vel.&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;N&amp;atilde;o perca esta com&amp;eacute;dia que, no final, prova que preparar o &amp;ldquo;dia perfeito&amp;rdquo; &amp;eacute; um desastre garantido &amp;mdash; mas tamb&amp;eacute;m a desculpa perfeita para rir at&amp;eacute; chorar.&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;Os bilhetes j&amp;aacute; est&amp;atilde;o dispon&amp;iacute;veis em &lt;a href="https://www.ticketline.pt/evento/bridezilla-101026" target="_blank"&gt;Ticketline&lt;/a&gt;. Toda a programa&amp;ccedil;&amp;atilde;o do Centro Cultural Olga Cadaval pode ser consultada em&amp;nbsp;&lt;a href="https://ccolgacadaval.pt/" target="_blank"&gt;ccolgacadaval.pt&lt;/a&gt;.&amp;nbsp;&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;&amp;nbsp;&lt;/p&gt;</t>
-  </si>
-[...4 lines deleted...]
-    <t>[{"name":"Culture"}]</t>
   </si>
   <si>
     <t>https://www.sintraviladigital.pt/files/images/blog/56.jpg</t>
   </si>
   <si>
     <t>Rallye das Camélias com tradição e inovação</t>
   </si>
   <si>
     <t>Na conferência de imprensa Andreia Bernardo, vice-presidente da Câmara Municipal de Sintra e responsável pelo Desporto, destacou que ”esta prova é já considerada um ícone Sintrense, uma prova que combina a tradição automobilística e uma forte ligação com o concelho”. “É com um enorme orgulho que acolhemos mais uma edição do Rallye das Camélias”, sublinhou.</t>
   </si>
   <si>
     <t>&lt;p style="text-align: justify;"&gt;&lt;br&gt; &lt;br&gt; O programa tem in&amp;iacute;cio a 6 de fevereiro, com as verifica&amp;ccedil;&amp;otilde;es administrativas e t&amp;eacute;cnicas a decorrerem nas instala&amp;ccedil;&amp;otilde;es do bilstein group. A partida oficial ser&amp;aacute; dada nos Jardins do Casino do Estoril, &amp;agrave;s 18h00.&lt;br&gt; &lt;br&gt; A primeira classificativa retoma o tra&amp;ccedil;ado da edi&amp;ccedil;&amp;atilde;o de 2025, agora Sintra-Cascais, com duas passagens e um reagrupamento no Terreiro do Pal&amp;aacute;cio Nacional de Sintra.&lt;br&gt; &lt;br&gt; A grande novidade da prova &amp;eacute; a estreia da classificativa de Almargem do Bispo, um tro&amp;ccedil;o de cerca de 7,5 km que percorre o interior das aldeias da freguesia Sintrense e promete um ambiente especial.&lt;br&gt; &lt;br&gt; A 7 de fevereiro, a competi&amp;ccedil;&amp;atilde;o recome&amp;ccedil;a em Mafra, com assist&amp;ecirc;ncia no parque, passagem por Casal Barbas e uma nova classificativa. Segue-se um reagrupamento no Pal&amp;aacute;cio Nacional de Mafra. Depois de nova assist&amp;ecirc;ncia, os concorrentes rumam a Torres Vedras, com passagem pela Quinta da Abelheira. A cerim&amp;oacute;nia de entrega de pr&amp;eacute;mios decorre novamente em Mafra.&lt;br&gt; &lt;br&gt; A edi&amp;ccedil;&amp;atilde;o de 2026 assinala o regresso do emblem&amp;aacute;tico Audi Sport Quattro S1 E2, que competir&amp;aacute; na nova categoria Revival, dedicada a cl&amp;aacute;ssicos at&amp;eacute; 1985. A viatura, r&amp;eacute;plica do modelo que participou no Rali de Portugal de 1986, ser&amp;aacute; pilotada pelo espanhol Alberto Fraga.&lt;br&gt; &lt;br&gt; Com novas classificativas, um percurso territorialmente mais abrangente, um cartaz hist&amp;oacute;rico refor&amp;ccedil;ado e uma clara ambi&amp;ccedil;&amp;atilde;o de crescimento, o bilstein group Rallye das Cam&amp;eacute;lias 2026 prepara-se para afirmar, mais uma vez, o seu estatuto de prova de refer&amp;ecirc;ncia, aliando tradi&amp;ccedil;&amp;atilde;o, espet&amp;aacute;culo e valoriza&amp;ccedil;&amp;atilde;o do territ&amp;oacute;rio Sintrense.&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;&amp;nbsp;&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;&lt;strong&gt;AVISO&lt;/strong&gt;&lt;br&gt; &lt;br&gt; A C&amp;acirc;mara Municipal de Sintra informa que vai proceder ao corte de tr&amp;acirc;nsito em algumas vias para realiza&amp;ccedil;&amp;atilde;o da prova, no dia 6 de fevereiro. &lt;br&gt; &lt;br&gt; 17h00 &amp;agrave;s 22h00&amp;nbsp;| N247-3 entre o P&amp;eacute; da Serra, Capuchos, EF da Peninha, cruzamento da N9-1 at&amp;eacute; &amp;agrave; Penha Longa&lt;br&gt; &amp;nbsp;&lt;br&gt; 19h00 &amp;agrave;s 22h45 | Rua da Serra, Av. D. Afonso Henriques, Av. Jos&amp;eacute; Maria Pires, Rua das Tomadas, Rua Mirante, Rua Terras Pretas, Estrada Principal&amp;nbsp;N543 (entre Almornos e o Parque de Campismo), Rua Bernardim Ribeiro (at&amp;eacute; ao caf&amp;eacute; Sonho da Aldeia), Rua Tapada, Rua Sargaceiros, Santu&amp;aacute;rio N.&amp;ordf; S.&amp;ordf; Piedade, Rua Fonte da Aranha, Rua N&amp;ordf; S&amp;ordf; Piedade&lt;br&gt; &amp;nbsp;&lt;br&gt; Apelamos &amp;agrave; compreens&amp;atilde;o de todos. N&amp;atilde;o estacione na via ou na berma e aceite as indica&amp;ccedil;&amp;otilde;es das autoridades. N&amp;atilde;o corra riscos, assista ao Rallye em seguran&amp;ccedil;a.&lt;br&gt; &amp;nbsp;&lt;br&gt; Em caso de urg&amp;ecirc;ncia contate o Servi&amp;ccedil;o Municipal de Prote&amp;ccedil;&amp;atilde;o Civil de Sintra atrav&amp;eacute;s do n&amp;uacute;mero: 800 211&amp;nbsp;113.&lt;/p&gt;</t>
   </si>
   <si>
     <t>[{"name":"Desporto"}]</t>
   </si>
   <si>
     <t>[{"name":"Sports"}]</t>
   </si>
   <si>
     <t>[{"name":"Deporte"}]</t>
   </si>
   <si>
@@ -198,56 +710,50 @@
   </si>
   <si>
     <t>[{"name":"Education"}]</t>
   </si>
   <si>
     <t>[{"name":"Educación"}]</t>
   </si>
   <si>
     <t>[{"name":"Éducation"}]</t>
   </si>
   <si>
     <t>https://www.sintraviladigital.pt/files/images/blog/80.jpg</t>
   </si>
   <si>
     <t>Sintra reforça fiscalização contra descargas ilegais</t>
   </si>
   <si>
     <t>Uma operação que surge no seguimento do reforço das ações das equipas da Polícia Municipal através de uma vigilância ativa em várias zonas consideradas sensíveis do território.</t>
   </si>
   <si>
     <t>&lt;p style="text-align: justify;"&gt;&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;As infra&amp;ccedil;&amp;otilde;es agora identificadas constituem uma viola&amp;ccedil;&amp;atilde;o grave das normas ambientais e urban&amp;iacute;sticas em vigor. Os respons&amp;aacute;veis ser&amp;atilde;o autuados e poder&amp;atilde;o enfrentar coimas que podem atingir os 37.500 euros.&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;Marco Almeida, presidente da C&amp;acirc;mara Municipal de Sintra, destaca a import&amp;acirc;ncia desta atua&amp;ccedil;&amp;atilde;o cont&amp;iacute;nua e sublinha que &amp;ldquo;estamos firmemente empenhados em proteger o nosso territ&amp;oacute;rio e assegurar o bem-estar dos Sintrenses. As descargas ilegais prejudicam o ambiente, afetam a qualidade de vida e representam um desrespeito por todos os que cumprem as regras&amp;rdquo;.&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;Marco Almeida salientou ainda que &amp;ldquo;vamos continuar a agir com determina&amp;ccedil;&amp;atilde;o e a intensificar a fiscaliza&amp;ccedil;&amp;atilde;o, garantindo que Sintra &amp;eacute; um concelho mais cuidado e mais seguro&amp;rdquo;.&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;A C&amp;acirc;mara Municipal de Sintra continuar&amp;aacute; a promover a&amp;ccedil;&amp;otilde;es de sensibiliza&amp;ccedil;&amp;atilde;o e vigil&amp;acirc;ncia, refor&amp;ccedil;ando o compromisso de defesa do espa&amp;ccedil;o p&amp;uacute;blico, do ambiente e da sa&amp;uacute;de dos mun&amp;iacute;cipes.&lt;/p&gt;</t>
-  </si>
-[...4 lines deleted...]
-    <t>[]</t>
   </si>
   <si>
     <t>https://www.sintraviladigital.pt/files/images/blog/881.jpg</t>
   </si>
   <si>
     <t>AVISO | Encerramento preventivo de Parques Municipais e Monumentos</t>
   </si>
   <si>
     <t>Tendo em conta a salvaguardar e segurança dos Sintrenses e visitantes, ficarão temporariamente encerrados os parques da Liberdade e a Quinta da Ribafria, em Sintra, e Quinta Nova da Assunção, em Belas.</t>
   </si>
   <si>
     <t>&lt;p style="text-align: justify;"&gt;&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;O per&amp;iacute;odo de encerramento prolonga-se at&amp;eacute; &amp;agrave;s 08h00 de 26 de janeiro, altura prevista para a reabertura caso as condi&amp;ccedil;&amp;otilde;es meteorol&amp;oacute;gicas o permitam.&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;Devido &amp;agrave;s condi&amp;ccedil;&amp;otilde;es meteorol&amp;oacute;gicas adversas, estar&amp;atilde;o encerrados nesta sexta-feira, 23 de janeiro, os seguintes monumentos geridos pela Parques de Sintra: Castelo dos Mouros; Convento dos Capuchos e o Chalet da Condessa d&amp;rsquo;Edla, no Parque da Pena.&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;A autarquia Sintrense, liderada por Marco Almeida, acompanha de forma permanente a evolu&amp;ccedil;&amp;atilde;o das condi&amp;ccedil;&amp;otilde;es meteorol&amp;oacute;gicas e mant&amp;eacute;m ativa a articula&amp;ccedil;&amp;atilde;o com as entidades de prote&amp;ccedil;&amp;atilde;o civil, apelando &amp;agrave; popula&amp;ccedil;&amp;atilde;o para que adote comportamentos preventivos e siga as recomenda&amp;ccedil;&amp;otilde;es das autoridades.&lt;/p&gt;</t>
   </si>
   <si>
     <t>https://www.sintraviladigital.pt/files/images/blog/84.jpg</t>
   </si>
   <si>
     <t>Sintra divulga estudo sobre comunidades muçulmanas no concelho</t>
   </si>
   <si>
     <t>Este trabalho de investigação assenta em três eixos fundamentais, habitação, trabalho e escola, analisando as dinâmicas a partir das associações islâmicas do Cacém e da Tapada das Mercês, a precarização da vida nas esferas laboral e habitacional, e as relações estabelecidas no contexto escolar com as comunidades muçulmanas.</t>
   </si>
@@ -421,51 +927,51 @@
   <si>
     <t>[{"name":"Turismo"}]</t>
   </si>
   <si>
     <t>[{"name":"Tourism"}]</t>
   </si>
   <si>
     <t>[{"name":"Tourisme"}]</t>
   </si>
   <si>
     <t>https://www.sintraviladigital.pt/files/images/blog/redes_sociais_desassossego6.jpg</t>
   </si>
   <si>
     <t>“Desassossego” traz dança, teatro e música ao Olga Cadaval</t>
   </si>
   <si>
     <t>Interpretado por alunos do Estúdio 3 Academia, o espetáculo propõe uma travessia emocional pelos conflitos internos e coletivos, explorando temas como a identidade, empatia e transformação.</t>
   </si>
   <si>
     <t>&lt;p style="text-align: justify;"&gt; Entre movimento, palavra e som, &amp;ldquo;Desassossego&amp;rdquo; convida o p&amp;uacute;blico a refletir sobre o equil&amp;iacute;brio entre o individuo e o todo, num di&amp;aacute;logo marcado pela inquieta&amp;ccedil;&amp;atilde;o e pela mudan&amp;ccedil;a.&amp;nbsp;&amp;nbsp;&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;Este espet&amp;aacute;culo oferece ao p&amp;uacute;blico uma verdadeira viagem art&amp;iacute;stica e emocional, sobre identidade, empatia e transforma&amp;ccedil;&amp;atilde;o.&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;Os bilhetes est&amp;atilde;o dispon&amp;iacute;veis na &lt;a href="https://www.ticketline.pt/evento/desassossego-100797" target="_blank"&gt;Ticketline&lt;/a&gt;. A programa&amp;ccedil;&amp;atilde;o completa pode ser consultada em &lt;a href="https://ccolgacadaval.pt/" target="_blank"&gt;ccolgacadaval.pt&lt;/a&gt;.&amp;nbsp;&lt;/p&gt;
 &lt;p&gt;&amp;nbsp;&lt;/p&gt;</t>
   </si>
   <si>
-    <t>https://www.sintraviladigital.pt/files/images/blog/redes_sociais_grease61.jpg</t>
+    <t>https://www.sintraviladigital.pt/files/images/blog/redes_sociais_grease_26.jpg</t>
   </si>
   <si>
     <t>Grease – O Musical chega ao Centro Cultural Olga Cadaval</t>
   </si>
   <si>
     <t>O espetáculo sobe ao palco a 6 de março, às 21h00, e a 7 de março, às 16h00 e às 21h00, trazendo ao concelho a icónica história de Danny e Sandy, marcada pela energia contagiante dos anos 50.</t>
   </si>
   <si>
     <t>&lt;p style="text-align: justify;"&gt; Conhecido pelos encontros e desencontros que continuam a conquistar gera&amp;ccedil;&amp;otilde;es, Grease mant&amp;eacute;m-se como uma obra intemporal que celebra a juventude, a amizade e o poder do amor, apoiada por temas musicais inesquec&amp;iacute;veis que atravessaram d&amp;eacute;cadas.&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;Com encena&amp;ccedil;&amp;atilde;o de Paulo Sousa Costa, a produ&amp;ccedil;&amp;atilde;o conta ainda com a dire&amp;ccedil;&amp;atilde;o musical de Carolina Puntel e coreografias de Mariana Lu&amp;iacute;s e Pedro Borralho. Cen&amp;aacute;rios e figurinos foram concebidos para criar uma atmosfera vibrante, prometendo transportar o p&amp;uacute;blico para a Calif&amp;oacute;rnia dos anos 50 atrav&amp;eacute;s de uma experi&amp;ecirc;ncia envolvente e memor&amp;aacute;vel.&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;Os bilhetes j&amp;aacute; se encontram dispon&amp;iacute;veis na &lt;a href="https://www.ticketline.pt/evento/grease-o-musical-100982" target="_blank"&gt;Ticketline&lt;/a&gt;.&amp;nbsp;&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;Toda a programa&amp;ccedil;&amp;atilde;o do Centro Cultural Olga Cadaval pode ser consultada em &lt;a href="https://ccolgacadaval.pt/" target="_blank"&gt;ccolgacadaval.pt&lt;/a&gt;.&lt;/p&gt;</t>
   </si>
   <si>
     <t>2026-01-08</t>
   </si>
   <si>
     <t>https://www.sintraviladigital.pt/files/images/blog/elctrico-de-sintra_2-1.jpg</t>
   </si>
   <si>
     <t>AVISO | Eléctrico de Sintra com circulação suspensa na manhã de 12 de janeiro</t>
   </si>
   <si>
     <t>O Eléctrico de Sintra liga a serra ao mar através do percurso da vila até à Praia das Maçãs, ao longo de quase 13 quilómetros.</t>
   </si>
@@ -616,51 +1122,51 @@
     <t>&lt;p style="text-align: justify;"&gt;&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;Organizada pelo N&amp;uacute;cleo Inovart&amp;iacute;stico, a mostra re&amp;uacute;ne escolas, academias e grupos de dan&amp;ccedil;a do concelho, promovendo o talento local e a rica diversidade de estilos que caracterizam a comunidade sintrense.&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;A Mostra de Dan&amp;ccedil;a de Sintra afirma-se como um movimento art&amp;iacute;stico inclusivo e acess&amp;iacute;vel a todos. Em sua d&amp;eacute;cima edi&amp;ccedil;&amp;atilde;o, o evento refor&amp;ccedil;a a import&amp;acirc;ncia da arte no desenvolvimento da comunidade e no incentivo &amp;agrave; participa&amp;ccedil;&amp;atilde;o cultural.&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;N&amp;atilde;o perca esta celebra&amp;ccedil;&amp;atilde;o da dan&amp;ccedil;a e da criatividade local. Os bilhetes j&amp;aacute; est&amp;atilde;o &amp;agrave; venda na &lt;a href="https://www.ticketline.pt/evento/decima-mostra-de-danca-de-sintra-99927" target="_blank"&gt;Ticketline&lt;/a&gt;, e as vagas s&amp;atilde;o limitadas.&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;Mais informa&amp;ccedil;&amp;otilde;es sobre espet&amp;aacute;culos em &lt;a href="https://ccolgacadaval.pt/" target="_blank"&gt;ccolgacadaval.pt.&lt;/a&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>https://www.sintraviladigital.pt/files/images/blog/banner_museus_.jpg</t>
   </si>
   <si>
     <t>Museus Municipais de Sintra iniciam o novo ano com programação para toda a família</t>
   </si>
   <si>
     <t>No MFC - Museu Ferreira de Castro, será possível participar no Clube de Leitura com a obra “O Banqueiro Anarquista”, de Fernando Pessoa, e visitar a exposição “A coleção Cunha e Costa – um Portugal que nos une!”.</t>
   </si>
   <si>
     <t>&lt;p style="text-align: justify;"&gt;&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;No MASMO - Museu Arqueol&amp;oacute;gico de S&amp;atilde;o Miguel de Odrinhas, destacam&amp;#8209;se a visita guiada &amp;agrave; exposi&amp;ccedil;&amp;atilde;o &amp;ldquo;Onde o Sol se Apaga no Oceano &amp;ndash; O Santu&amp;aacute;rio mais Ocidental do Imp&amp;eacute;rio Romano!&amp;rdquo; e a Visita&amp;#8209;Descoberta &amp;ldquo;O que as pe&amp;ccedil;as contam&amp;hellip;&amp;rdquo;, propostas pensadas para toda a fam&amp;iacute;lia.&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;O MU.SA - Museu das Artes de Sintra tem patente um conjunto de exposi&amp;ccedil;&amp;otilde;es que inclui &amp;ldquo;Pappus&amp;rdquo;, da coletiva Pappus Collective, e &amp;ldquo;Reflections&amp;rdquo;, de M&amp;oacute;nica Capucho, bem como a mostra &amp;ldquo;Milly Possoz &amp;ndash; Uma po&amp;eacute;tica do espa&amp;ccedil;o&amp;rdquo;, com curadoria de Em&amp;iacute;lia Ferreira.&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;No MHNS - Museu de Hist&amp;oacute;ria Natural de Sintra continua patente a mostra &amp;ldquo;Entre o Mar Egeu e o Mar J&amp;oacute;nico, as marcas de uma nova civiliza&amp;ccedil;&amp;atilde;o&amp;rdquo;, com pe&amp;ccedil;as de cer&amp;acirc;mica grega que transportam os visitantes para a hist&amp;oacute;ria das antigas civiliza&amp;ccedil;&amp;otilde;es.&amp;nbsp; J&amp;aacute; na Casa-Museu Leal da C&amp;acirc;mara, ser&amp;aacute; poss&amp;iacute;vel visitar a exposi&amp;ccedil;&amp;atilde;o tempor&amp;aacute;ria &amp;ldquo;Escritores Portugueses por Leal da C&amp;acirc;mara&amp;rdquo; e participar na visita tem&amp;aacute;tica &amp;ldquo;As Duas Guerras Mundiais do s&amp;eacute;c. XX&amp;rdquo;.&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;A C&amp;acirc;mara Municipal de Sintra recorda que o acesso aos museus municipais &amp;eacute; gratuito durante todo o ano e que algumas atividades requerem inscri&amp;ccedil;&amp;atilde;o pr&amp;eacute;via por telefone. Os Museus Municipais de Sintra esperam por si para partilhar momentos culturais &amp;uacute;nicos nesta &amp;eacute;poca festiva.&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;Mais informa&amp;ccedil;&amp;otilde;es sobre os Museus Municipais de Sintra,&amp;nbsp;&lt;a href="atualidade/cultura/museus-municipais-de-sintra" target="_blank"&gt;AQUI&lt;/a&gt;.&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;&amp;nbsp;&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;&lt;strong&gt;PROGRAMA&lt;/strong&gt;&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;&lt;span style="text-decoration: underline;"&gt;&lt;strong&gt;CMLC &amp;ndash; Casa-Museu Leal da C&amp;acirc;mara&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;
-&lt;p style="text-align: justify;"&gt;&lt;strong&gt;13.JAN at&amp;eacute; 09.MAI | Exposi&amp;ccedil;&amp;atilde;o Tempor&amp;aacute;ria &amp;ldquo;Escritores Portugueses por Leal da C&amp;acirc;mara&amp;rdquo;&lt;/strong&gt;&lt;/p&gt;
+&lt;p style="text-align: justify;"&gt;&lt;strong&gt;13.JAN at&amp;eacute; 10.MAI | Exposi&amp;ccedil;&amp;atilde;o Tempor&amp;aacute;ria &amp;ldquo;Escritores Portugueses por Leal da C&amp;acirc;mara&amp;rdquo;&lt;/strong&gt;&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;A caricatura de escritores foi um tema central na obra de Leal da C&amp;acirc;mara, presente ao longo de toda a sua carreira. Viveu entre Portugal, Madrid e Paris, onde esteve em contacto com os meios intelectuais e culturais do seu tempo, retratando figuras de destaque &amp;mdash; sobretudo escritores e poetas &amp;mdash; muitas vezes a pedido de jornais, revistas e exposi&amp;ccedil;&amp;otilde;es.&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;Entre estes retratos est&amp;atilde;o os de escritores portugueses de v&amp;aacute;rias &amp;eacute;pocas, desde Gil Vicente e Padre Ant&amp;oacute;nio Vieira at&amp;eacute; contempor&amp;acirc;neos como Ramalho Ortig&amp;atilde;o ou Fialho de Almeida, alguns dos quais foram inclu&amp;iacute;dos no &lt;em&gt;Cat&amp;aacute;logo da Sec&amp;ccedil;&amp;atilde;o Portuguesa da Exposi&amp;ccedil;&amp;atilde;o Internacional do Rio de Janeiro&lt;/em&gt; (1922/23). Leal da C&amp;acirc;mara retratou ainda escritores seus amigos pr&amp;oacute;ximos, como Guerra Junqueiro e Ana de Castro Os&amp;oacute;rio, ilustrando tamb&amp;eacute;m v&amp;aacute;rias das suas obras liter&amp;aacute;rias.&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;Esta exposi&amp;ccedil;&amp;atilde;o apresenta uma sele&amp;ccedil;&amp;atilde;o desses retratos, com o objetivo de valorizar figuras marcantes da literatura portuguesa e reavivar a mem&amp;oacute;ria das suas obras e do seu legado humanista. Como atividade complementar, ser&amp;aacute; disponibilizada a &lt;em&gt;Atividade Educativa "O Meu Escritor"&lt;/em&gt;, que convida os participantes a criar um retrato caricatural de um dos escritores expostos.&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;Destinat&amp;aacute;rios: P&amp;uacute;blico em geral&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;&amp;nbsp;&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;&lt;strong&gt;17.JAN, 15h00 | Visita tem&amp;aacute;tica &amp;ldquo;As Duas Guerras Mundiais do s&amp;eacute;c. XX&amp;rdquo;&lt;/strong&gt;&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;Visita Tem&amp;aacute;tica &lt;em&gt;&amp;lsquo;As Duas Guerras Mundiais do s&amp;eacute;c. XX&amp;rsquo;&lt;/em&gt; &amp;ndash; explorando uma cole&amp;ccedil;&amp;atilde;o de caricaturas e retratos muito representativos, n&amp;atilde;o s&amp;oacute; dos diversos acontecimentos que nessora se sucederam, como, igualmente, dos intervenientes diretos nesses dois conflitos armados (1914-1918; 1939-1945), e que foram, &amp;agrave; &amp;eacute;poca, magistralmente concebidos por Mestre Leal da C&amp;acirc;mara, ent&amp;atilde;o volvido em verdadeiro &amp;lsquo;rep&amp;oacute;rter&amp;rsquo; documental daqueles dois importantes momentos hist&amp;oacute;ricos., tanto a n&amp;iacute;vel europeu, como, tal-qualmente, a n&amp;iacute;vel mundial.&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;Destinat&amp;aacute;rios: P&amp;uacute;blico em geral&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;&amp;nbsp;&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;&lt;span style="text-decoration: underline;"&gt;&lt;strong&gt;MASMO &amp;ndash; Museu Arqueol&amp;oacute;gico de S&amp;atilde;o Miguel de Odrinhas&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;&lt;strong&gt;10.JAN, 15h00 | Visita guiada &amp;agrave; exposi&amp;ccedil;&amp;atilde;o &amp;ldquo;Onde o Sol se apaga no Oceano &amp;ndash; O Santu&amp;aacute;rio mais ocidental do Imp&amp;eacute;rio Romano!&lt;/strong&gt;&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;As pe&amp;ccedil;as expostas resultam dos trabalhos que decorrem no S&amp;iacute;tio do Alto da Vigia, que a equipa de Arqueologia da C&amp;acirc;mara Municipal de Sintra tem vindo a realizar desde 2008 at&amp;eacute; aos dias de hoje.&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;Ao longo de mais de uma d&amp;eacute;cada de escava&amp;ccedil;&amp;otilde;es arqueol&amp;oacute;gicas foi poss&amp;iacute;vel reencontrar e caraterizar alguns aspetos do Santu&amp;aacute;rio Romano consagrado ao Sol e ao Oceano, descoberto acidentalmente no in&amp;iacute;cio do s&amp;eacute;culo XVI, constituindo a primeira descoberta arqueol&amp;oacute;gica feita em Portugal.&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;Desta exposi&amp;ccedil;&amp;atilde;o destacam-se os altares consagrados ao Sol e ao Oceano, bem como significativos elementos arquitet&amp;oacute;nicos, que facilmente nos transportam para a grandiosidade deste Santu&amp;aacute;rio &amp;uacute;nico &amp;ndash; no &amp;acirc;mbito do Imp&amp;eacute;rio Romano &amp;ndash;, que se encontra diretamente relacionado com os cultos astrais.&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;&amp;nbsp;&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;&lt;strong&gt;31.JAN, 15h00 | Visita-descoberta &amp;ldquo;O que as pe&amp;ccedil;as contam&amp;hellip;&amp;rdquo;&lt;/strong&gt;&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;Comemora&amp;ccedil;&amp;atilde;o do Dia Internacional do Conservador Restaurador&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;No &amp;acirc;mbito da comemora&amp;ccedil;&amp;atilde;o do Dia Internacional do Conservador Restaurador convidamos as fam&amp;iacute;lias a participar na visita-descoberta O que as pe&amp;ccedil;as contam&amp;hellip;&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;O ponto de partida desta atividade &amp;eacute; a exposi&amp;ccedil;&amp;atilde;o &amp;ldquo;O Claustro do Tempo&amp;rdquo;. Vamos descobrir e compreender o percurso que as pe&amp;ccedil;as fazem desde a sua descoberta arqueol&amp;oacute;gica at&amp;eacute; &amp;agrave;s vitrinas do Museu. E h&amp;aacute; tanto para contar!&amp;hellip;&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;Compreender o percurso dos objetos no interior do Museu &amp;ndash; desde a conserva&amp;ccedil;&amp;atilde;o e restauro at&amp;eacute; ao expositor &amp;ndash; &amp;eacute; o objetivo desta visita.&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;Procuramos, com esta atividade l&amp;uacute;dico-did&amp;aacute;tica, fazer nascer nos participantes o gosto pela pesquisa arqueol&amp;oacute;gica e pela salvaguarda do patrim&amp;oacute;nio, dando especial relev&amp;acirc;ncia &amp;agrave; profiss&amp;atilde;o de conservador-restaurador.&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;&lt;strong&gt;&amp;nbsp;&lt;/strong&gt;&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;&lt;span style="text-decoration: underline;"&gt;&lt;strong&gt;MFC - Museu Ferreira de Castro&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;&lt;strong&gt;Exposi&amp;ccedil;&amp;atilde;o &amp;ldquo;A cole&amp;ccedil;&amp;atilde;o Cunha e Costa &amp;ndash; um Portugal que nos une!&amp;rdquo;&lt;/strong&gt;&lt;/p&gt;
 &lt;p style="text-align: justify;"&gt;Com base na valiosa cole&amp;ccedil;&amp;atilde;o etnogr&amp;aacute;fica doada ao Munic&amp;iacute;pio de Sintra em 1940 por Eduardo Cunha e Costa, que era &amp;agrave; &amp;eacute;poca, a melhor cole&amp;ccedil;&amp;atilde;o de cer&amp;acirc;mica regional do pa&amp;iacute;s, sendo o produto de mais de quatro dezenas de anos de dedicada, paciente e esclarecida recolha, a exposi&amp;ccedil;&amp;atilde;o &amp;ldquo;A Cole&amp;ccedil;&amp;atilde;o Cunha e Costa &amp;ndash; Um Portugal que nos une&amp;rdquo;, com curadoria de Marta Ribeiro, constitui uma justa homenagem a este colecionador e amigo de Sintra.&lt;/p&gt;
@@ -1615,51 +2121,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:S53"/>
+  <dimension ref="A1:S73"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:19">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1687,1743 +2193,2407 @@
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
       <c r="O1" t="s">
         <v>14</v>
       </c>
       <c r="P1" t="s">
         <v>15</v>
       </c>
       <c r="Q1" t="s">
         <v>16</v>
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="2" spans="1:19">
       <c r="A2" t="s">
         <v>19</v>
       </c>
       <c r="B2">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>21</v>
       </c>
       <c r="H2" t="s">
         <v>22</v>
       </c>
       <c r="L2" t="s">
         <v>23</v>
       </c>
       <c r="P2" t="s">
         <v>24</v>
       </c>
       <c r="Q2" t="s">
         <v>25</v>
       </c>
       <c r="R2" t="s">
         <v>24</v>
       </c>
       <c r="S2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="3" spans="1:19">
       <c r="A3" t="s">
         <v>19</v>
       </c>
       <c r="B3">
-        <v>167</v>
+        <v>60</v>
       </c>
       <c r="C3" t="s">
         <v>26</v>
       </c>
       <c r="D3" t="s">
         <v>27</v>
       </c>
       <c r="H3" t="s">
         <v>28</v>
       </c>
       <c r="L3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="Q3" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="R3" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="S3" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
     </row>
     <row r="4" spans="1:19">
       <c r="A4" t="s">
-        <v>19</v>
+        <v>30</v>
       </c>
       <c r="B4">
         <v>60</v>
       </c>
       <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="H4" t="s">
+        <v>33</v>
+      </c>
+      <c r="L4" t="s">
         <v>34</v>
       </c>
-      <c r="D4" t="s">
+      <c r="P4" t="s">
         <v>35</v>
       </c>
-      <c r="H4" t="s">
+      <c r="Q4" t="s">
         <v>36</v>
       </c>
-      <c r="L4" t="s">
+      <c r="R4" t="s">
         <v>37</v>
       </c>
-      <c r="P4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S4" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:19">
       <c r="A5" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="C5" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D5" t="s">
-        <v>39</v>
+        <v>40</v>
+      </c>
+      <c r="E5" t="s">
+        <v>41</v>
+      </c>
+      <c r="F5" t="s">
+        <v>42</v>
+      </c>
+      <c r="G5" t="s">
+        <v>43</v>
       </c>
       <c r="H5" t="s">
-        <v>40</v>
+        <v>44</v>
+      </c>
+      <c r="I5" t="s">
+        <v>45</v>
+      </c>
+      <c r="J5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K5" t="s">
+        <v>47</v>
       </c>
       <c r="L5" t="s">
-        <v>41</v>
+        <v>48</v>
+      </c>
+      <c r="M5" t="s">
+        <v>49</v>
+      </c>
+      <c r="N5" t="s">
+        <v>50</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
       </c>
       <c r="P5" t="s">
-        <v>24</v>
+        <v>52</v>
       </c>
       <c r="Q5" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
       <c r="R5" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="S5" t="s">
-        <v>25</v>
+        <v>55</v>
       </c>
     </row>
     <row r="6" spans="1:19">
       <c r="A6" t="s">
-        <v>19</v>
+        <v>56</v>
       </c>
       <c r="B6">
-        <v>136</v>
+        <v>65</v>
       </c>
       <c r="C6" t="s">
-        <v>42</v>
+        <v>57</v>
       </c>
       <c r="D6" t="s">
-        <v>43</v>
+        <v>58</v>
       </c>
       <c r="H6" t="s">
-        <v>44</v>
+        <v>59</v>
       </c>
       <c r="L6" t="s">
-        <v>45</v>
+        <v>60</v>
       </c>
       <c r="P6" t="s">
-        <v>46</v>
+        <v>24</v>
       </c>
       <c r="Q6" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="R6" t="s">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="S6" t="s">
-        <v>49</v>
+        <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:19">
       <c r="A7" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="B7">
-        <v>68</v>
+        <v>60</v>
       </c>
       <c r="C7" t="s">
-        <v>50</v>
+        <v>62</v>
       </c>
       <c r="D7" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="H7" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="L7" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="P7" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="Q7" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="R7" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="S7" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
     </row>
     <row r="8" spans="1:19">
       <c r="A8" t="s">
-        <v>19</v>
+        <v>68</v>
       </c>
       <c r="B8">
-        <v>60</v>
+        <v>788</v>
       </c>
       <c r="C8" t="s">
-        <v>56</v>
+        <v>69</v>
       </c>
       <c r="D8" t="s">
-        <v>57</v>
+        <v>70</v>
       </c>
       <c r="H8" t="s">
-        <v>58</v>
+        <v>71</v>
       </c>
       <c r="L8" t="s">
-        <v>59</v>
+        <v>72</v>
       </c>
       <c r="P8" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="Q8" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="R8" t="s">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="S8" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" t="s">
-        <v>19</v>
+        <v>68</v>
       </c>
       <c r="B9">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="C9" t="s">
-        <v>60</v>
+        <v>73</v>
       </c>
       <c r="D9" t="s">
-        <v>61</v>
+        <v>74</v>
       </c>
       <c r="H9" t="s">
-        <v>62</v>
+        <v>75</v>
       </c>
       <c r="L9" t="s">
-        <v>63</v>
+        <v>76</v>
       </c>
       <c r="P9" t="s">
-        <v>64</v>
+        <v>24</v>
       </c>
       <c r="Q9" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="R9" t="s">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="S9" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" t="s">
-        <v>19</v>
+        <v>77</v>
       </c>
       <c r="B10">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="C10" t="s">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="D10" t="s">
+        <v>79</v>
+      </c>
+      <c r="H10" t="s">
+        <v>80</v>
+      </c>
+      <c r="L10" t="s">
+        <v>81</v>
+      </c>
+      <c r="P10" t="s">
         <v>66</v>
       </c>
-      <c r="H10" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="Q10" t="s">
-        <v>31</v>
+        <v>67</v>
       </c>
       <c r="R10" t="s">
-        <v>32</v>
+        <v>67</v>
       </c>
       <c r="S10" t="s">
-        <v>33</v>
+        <v>67</v>
       </c>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" t="s">
-        <v>19</v>
+        <v>77</v>
       </c>
       <c r="B11">
-        <v>77</v>
+        <v>60</v>
       </c>
       <c r="C11" t="s">
-        <v>69</v>
+        <v>82</v>
       </c>
       <c r="D11" t="s">
-        <v>70</v>
+        <v>83</v>
       </c>
       <c r="H11" t="s">
-        <v>71</v>
+        <v>84</v>
       </c>
       <c r="L11" t="s">
-        <v>72</v>
+        <v>85</v>
       </c>
       <c r="P11" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="Q11" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="R11" t="s">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="S11" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" t="s">
-        <v>19</v>
+        <v>86</v>
       </c>
       <c r="B12">
         <v>60</v>
       </c>
       <c r="C12" t="s">
-        <v>73</v>
+        <v>87</v>
       </c>
       <c r="D12" t="s">
-        <v>74</v>
+        <v>88</v>
       </c>
       <c r="H12" t="s">
-        <v>75</v>
+        <v>89</v>
       </c>
       <c r="L12" t="s">
-        <v>76</v>
+        <v>90</v>
       </c>
       <c r="P12" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="Q12" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="R12" t="s">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="S12" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" t="s">
-        <v>19</v>
+        <v>86</v>
       </c>
       <c r="B13">
-        <v>83</v>
+        <v>60</v>
       </c>
       <c r="C13" t="s">
-        <v>77</v>
+        <v>91</v>
       </c>
       <c r="D13" t="s">
-        <v>78</v>
+        <v>92</v>
       </c>
       <c r="H13" t="s">
-        <v>79</v>
+        <v>93</v>
       </c>
       <c r="L13" t="s">
-        <v>80</v>
+        <v>94</v>
       </c>
       <c r="P13" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="Q13" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="R13" t="s">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="S13" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" t="s">
-        <v>19</v>
+        <v>95</v>
       </c>
       <c r="B14">
-        <v>403</v>
+        <v>60</v>
       </c>
       <c r="C14" t="s">
-        <v>81</v>
+        <v>96</v>
       </c>
       <c r="D14" t="s">
-        <v>82</v>
+        <v>97</v>
       </c>
       <c r="H14" t="s">
-        <v>83</v>
+        <v>98</v>
       </c>
       <c r="L14" t="s">
-        <v>84</v>
+        <v>99</v>
       </c>
       <c r="P14" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="Q14" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="R14" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="S14" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" t="s">
-        <v>19</v>
+        <v>100</v>
       </c>
       <c r="B15">
-        <v>133</v>
+        <v>64</v>
       </c>
       <c r="C15" t="s">
-        <v>85</v>
+        <v>101</v>
       </c>
       <c r="D15" t="s">
-        <v>86</v>
+        <v>102</v>
       </c>
       <c r="H15" t="s">
-        <v>87</v>
+        <v>103</v>
       </c>
       <c r="L15" t="s">
-        <v>88</v>
+        <v>104</v>
       </c>
       <c r="P15" t="s">
         <v>24</v>
       </c>
       <c r="Q15" t="s">
         <v>25</v>
       </c>
       <c r="R15" t="s">
         <v>24</v>
       </c>
       <c r="S15" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" t="s">
-        <v>19</v>
+        <v>105</v>
       </c>
       <c r="B16">
-        <v>72</v>
+        <v>60</v>
       </c>
       <c r="C16" t="s">
-        <v>89</v>
+        <v>106</v>
       </c>
       <c r="D16" t="s">
-        <v>90</v>
+        <v>107</v>
       </c>
       <c r="H16" t="s">
-        <v>91</v>
+        <v>108</v>
       </c>
       <c r="L16" t="s">
-        <v>92</v>
+        <v>109</v>
       </c>
       <c r="P16" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="Q16" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="R16" t="s">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="S16" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" t="s">
-        <v>19</v>
+        <v>110</v>
       </c>
       <c r="B17">
         <v>60</v>
       </c>
       <c r="C17" t="s">
-        <v>93</v>
+        <v>111</v>
       </c>
       <c r="D17" t="s">
-        <v>94</v>
+        <v>112</v>
       </c>
       <c r="H17" t="s">
-        <v>95</v>
+        <v>113</v>
       </c>
       <c r="L17" t="s">
-        <v>96</v>
+        <v>114</v>
       </c>
       <c r="P17" t="s">
-        <v>97</v>
+        <v>24</v>
       </c>
       <c r="Q17" t="s">
-        <v>98</v>
+        <v>25</v>
       </c>
       <c r="R17" t="s">
-        <v>97</v>
+        <v>24</v>
       </c>
       <c r="S17" t="s">
-        <v>99</v>
+        <v>25</v>
       </c>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" t="s">
-        <v>19</v>
+        <v>110</v>
       </c>
       <c r="B18">
         <v>60</v>
       </c>
       <c r="C18" t="s">
-        <v>100</v>
+        <v>115</v>
       </c>
       <c r="D18" t="s">
-        <v>101</v>
+        <v>116</v>
       </c>
       <c r="H18" t="s">
-        <v>102</v>
+        <v>117</v>
       </c>
       <c r="L18" t="s">
-        <v>103</v>
+        <v>118</v>
       </c>
       <c r="P18" t="s">
         <v>24</v>
       </c>
       <c r="Q18" t="s">
         <v>25</v>
       </c>
       <c r="R18" t="s">
         <v>24</v>
       </c>
       <c r="S18" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" t="s">
-        <v>19</v>
+        <v>110</v>
       </c>
       <c r="B19">
         <v>60</v>
       </c>
       <c r="C19" t="s">
-        <v>104</v>
+        <v>119</v>
       </c>
       <c r="D19" t="s">
-        <v>105</v>
+        <v>120</v>
       </c>
       <c r="H19" t="s">
-        <v>106</v>
+        <v>121</v>
       </c>
       <c r="L19" t="s">
-        <v>107</v>
+        <v>122</v>
       </c>
       <c r="P19" t="s">
         <v>24</v>
       </c>
       <c r="Q19" t="s">
         <v>25</v>
       </c>
       <c r="R19" t="s">
         <v>24</v>
       </c>
       <c r="S19" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" t="s">
-        <v>108</v>
+        <v>123</v>
       </c>
       <c r="B20">
-        <v>60</v>
+        <v>633</v>
       </c>
       <c r="C20" t="s">
-        <v>109</v>
+        <v>124</v>
       </c>
       <c r="D20" t="s">
-        <v>110</v>
+        <v>125</v>
       </c>
       <c r="H20" t="s">
-        <v>111</v>
+        <v>126</v>
       </c>
       <c r="L20" t="s">
-        <v>112</v>
+        <v>127</v>
       </c>
       <c r="P20" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="Q20" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="R20" t="s">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="S20" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
     </row>
     <row r="21" spans="1:19">
       <c r="A21" t="s">
-        <v>108</v>
+        <v>123</v>
       </c>
       <c r="B21">
-        <v>115</v>
+        <v>60</v>
       </c>
       <c r="C21" t="s">
-        <v>113</v>
+        <v>128</v>
       </c>
       <c r="D21" t="s">
-        <v>114</v>
+        <v>129</v>
       </c>
       <c r="H21" t="s">
-        <v>115</v>
+        <v>130</v>
       </c>
       <c r="L21" t="s">
-        <v>116</v>
+        <v>131</v>
       </c>
       <c r="P21" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="Q21" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="R21" t="s">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="S21" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
     </row>
     <row r="22" spans="1:19">
       <c r="A22" t="s">
-        <v>108</v>
+        <v>132</v>
       </c>
       <c r="B22">
-        <v>119</v>
+        <v>69</v>
       </c>
       <c r="C22" t="s">
-        <v>117</v>
+        <v>133</v>
       </c>
       <c r="D22" t="s">
-        <v>118</v>
+        <v>134</v>
       </c>
       <c r="H22" t="s">
-        <v>119</v>
+        <v>135</v>
       </c>
       <c r="L22" t="s">
-        <v>120</v>
+        <v>136</v>
       </c>
       <c r="P22" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="Q22" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="R22" t="s">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="S22" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:19">
       <c r="A23" t="s">
-        <v>121</v>
+        <v>132</v>
       </c>
       <c r="B23">
-        <v>88</v>
+        <v>167</v>
       </c>
       <c r="C23" t="s">
-        <v>122</v>
+        <v>137</v>
       </c>
       <c r="D23" t="s">
-        <v>123</v>
+        <v>138</v>
       </c>
       <c r="H23" t="s">
-        <v>124</v>
+        <v>139</v>
       </c>
       <c r="L23" t="s">
-        <v>125</v>
+        <v>140</v>
       </c>
       <c r="P23" t="s">
-        <v>54</v>
+        <v>141</v>
       </c>
       <c r="Q23" t="s">
-        <v>55</v>
+        <v>142</v>
       </c>
       <c r="R23" t="s">
-        <v>55</v>
+        <v>143</v>
       </c>
       <c r="S23" t="s">
-        <v>55</v>
+        <v>144</v>
       </c>
     </row>
     <row r="24" spans="1:19">
       <c r="A24" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="B24">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="C24" t="s">
-        <v>127</v>
+        <v>145</v>
       </c>
       <c r="D24" t="s">
-        <v>128</v>
+        <v>146</v>
       </c>
       <c r="H24" t="s">
-        <v>129</v>
+        <v>147</v>
       </c>
       <c r="L24" t="s">
-        <v>130</v>
+        <v>148</v>
       </c>
       <c r="P24" t="s">
-        <v>54</v>
+        <v>141</v>
       </c>
       <c r="Q24" t="s">
-        <v>55</v>
+        <v>142</v>
       </c>
       <c r="R24" t="s">
-        <v>55</v>
+        <v>143</v>
       </c>
       <c r="S24" t="s">
-        <v>55</v>
+        <v>144</v>
       </c>
     </row>
     <row r="25" spans="1:19">
       <c r="A25" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="B25">
-        <v>379</v>
+        <v>60</v>
       </c>
       <c r="C25" t="s">
-        <v>131</v>
+        <v>149</v>
       </c>
       <c r="D25" t="s">
-        <v>132</v>
+        <v>150</v>
       </c>
       <c r="H25" t="s">
-        <v>133</v>
+        <v>151</v>
       </c>
       <c r="L25" t="s">
-        <v>134</v>
+        <v>152</v>
       </c>
       <c r="P25" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="Q25" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="R25" t="s">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="S25" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
     </row>
     <row r="26" spans="1:19">
       <c r="A26" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="B26">
-        <v>69</v>
+        <v>136</v>
       </c>
       <c r="C26" t="s">
-        <v>135</v>
+        <v>153</v>
       </c>
       <c r="D26" t="s">
-        <v>136</v>
+        <v>154</v>
       </c>
       <c r="H26" t="s">
-        <v>137</v>
+        <v>155</v>
       </c>
       <c r="L26" t="s">
-        <v>138</v>
+        <v>156</v>
       </c>
       <c r="P26" t="s">
-        <v>24</v>
+        <v>157</v>
       </c>
       <c r="Q26" t="s">
-        <v>25</v>
+        <v>158</v>
       </c>
       <c r="R26" t="s">
-        <v>24</v>
+        <v>159</v>
       </c>
       <c r="S26" t="s">
-        <v>25</v>
+        <v>160</v>
       </c>
     </row>
     <row r="27" spans="1:19">
       <c r="A27" t="s">
-        <v>139</v>
+        <v>132</v>
       </c>
       <c r="B27">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="C27" t="s">
-        <v>140</v>
+        <v>161</v>
       </c>
       <c r="D27" t="s">
-        <v>141</v>
+        <v>162</v>
       </c>
       <c r="H27" t="s">
-        <v>142</v>
+        <v>163</v>
       </c>
       <c r="L27" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="P27" t="s">
-        <v>24</v>
+        <v>66</v>
       </c>
       <c r="Q27" t="s">
-        <v>25</v>
+        <v>67</v>
       </c>
       <c r="R27" t="s">
-        <v>24</v>
+        <v>67</v>
       </c>
       <c r="S27" t="s">
-        <v>25</v>
+        <v>67</v>
       </c>
     </row>
     <row r="28" spans="1:19">
       <c r="A28" t="s">
-        <v>139</v>
+        <v>132</v>
       </c>
       <c r="B28">
-        <v>598</v>
+        <v>60</v>
       </c>
       <c r="C28" t="s">
-        <v>144</v>
+        <v>165</v>
       </c>
       <c r="D28" t="s">
-        <v>145</v>
+        <v>166</v>
       </c>
       <c r="H28" t="s">
-        <v>146</v>
+        <v>167</v>
       </c>
       <c r="L28" t="s">
-        <v>147</v>
+        <v>168</v>
       </c>
       <c r="P28" t="s">
-        <v>24</v>
+        <v>66</v>
       </c>
       <c r="Q28" t="s">
-        <v>25</v>
+        <v>67</v>
       </c>
       <c r="R28" t="s">
-        <v>24</v>
+        <v>67</v>
       </c>
       <c r="S28" t="s">
-        <v>25</v>
+        <v>67</v>
       </c>
     </row>
     <row r="29" spans="1:19">
       <c r="A29" t="s">
-        <v>148</v>
+        <v>132</v>
       </c>
       <c r="B29">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="C29" t="s">
-        <v>149</v>
+        <v>169</v>
       </c>
       <c r="D29" t="s">
-        <v>150</v>
+        <v>170</v>
       </c>
       <c r="H29" t="s">
-        <v>151</v>
+        <v>171</v>
       </c>
       <c r="L29" t="s">
-        <v>152</v>
+        <v>172</v>
       </c>
       <c r="P29" t="s">
-        <v>54</v>
+        <v>173</v>
       </c>
       <c r="Q29" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="R29" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="S29" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
     </row>
     <row r="30" spans="1:19">
       <c r="A30" t="s">
-        <v>148</v>
+        <v>132</v>
       </c>
       <c r="B30">
-        <v>90</v>
+        <v>60</v>
       </c>
       <c r="C30" t="s">
-        <v>153</v>
+        <v>174</v>
       </c>
       <c r="D30" t="s">
-        <v>154</v>
+        <v>175</v>
       </c>
       <c r="H30" t="s">
-        <v>155</v>
+        <v>176</v>
       </c>
       <c r="L30" t="s">
-        <v>156</v>
+        <v>177</v>
       </c>
       <c r="P30" t="s">
-        <v>54</v>
+        <v>141</v>
       </c>
       <c r="Q30" t="s">
-        <v>55</v>
+        <v>142</v>
       </c>
       <c r="R30" t="s">
-        <v>55</v>
+        <v>143</v>
       </c>
       <c r="S30" t="s">
-        <v>55</v>
+        <v>144</v>
       </c>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" t="s">
-        <v>148</v>
+        <v>132</v>
       </c>
       <c r="B31">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="C31" t="s">
-        <v>157</v>
+        <v>178</v>
       </c>
       <c r="D31" t="s">
-        <v>158</v>
+        <v>179</v>
       </c>
       <c r="H31" t="s">
-        <v>159</v>
+        <v>180</v>
       </c>
       <c r="L31" t="s">
-        <v>160</v>
+        <v>181</v>
       </c>
       <c r="P31" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="Q31" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="R31" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="S31" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" t="s">
-        <v>161</v>
+        <v>132</v>
       </c>
       <c r="B32">
         <v>60</v>
       </c>
       <c r="C32" t="s">
-        <v>162</v>
+        <v>182</v>
       </c>
       <c r="D32" t="s">
-        <v>163</v>
+        <v>183</v>
       </c>
       <c r="H32" t="s">
-        <v>164</v>
+        <v>184</v>
       </c>
       <c r="L32" t="s">
-        <v>165</v>
+        <v>185</v>
       </c>
       <c r="P32" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="Q32" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="R32" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="S32" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" t="s">
-        <v>166</v>
+        <v>132</v>
       </c>
       <c r="B33">
-        <v>71</v>
+        <v>83</v>
       </c>
       <c r="C33" t="s">
-        <v>167</v>
+        <v>186</v>
       </c>
       <c r="D33" t="s">
-        <v>168</v>
+        <v>187</v>
       </c>
       <c r="H33" t="s">
-        <v>159</v>
+        <v>188</v>
       </c>
       <c r="L33" t="s">
-        <v>169</v>
+        <v>189</v>
       </c>
       <c r="P33" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="Q33" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="R33" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="S33" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" t="s">
-        <v>166</v>
+        <v>132</v>
       </c>
       <c r="B34">
-        <v>60</v>
+        <v>403</v>
       </c>
       <c r="C34" t="s">
-        <v>170</v>
+        <v>190</v>
       </c>
       <c r="D34" t="s">
-        <v>171</v>
+        <v>191</v>
       </c>
       <c r="H34" t="s">
-        <v>172</v>
+        <v>192</v>
       </c>
       <c r="L34" t="s">
-        <v>173</v>
+        <v>193</v>
       </c>
       <c r="P34" t="s">
-        <v>54</v>
+        <v>141</v>
       </c>
       <c r="Q34" t="s">
-        <v>55</v>
+        <v>142</v>
       </c>
       <c r="R34" t="s">
-        <v>55</v>
+        <v>143</v>
       </c>
       <c r="S34" t="s">
-        <v>55</v>
+        <v>144</v>
       </c>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" t="s">
-        <v>174</v>
+        <v>132</v>
       </c>
       <c r="B35">
-        <v>62</v>
+        <v>133</v>
       </c>
       <c r="C35" t="s">
-        <v>175</v>
+        <v>194</v>
       </c>
       <c r="D35" t="s">
-        <v>176</v>
+        <v>195</v>
       </c>
       <c r="H35" t="s">
-        <v>177</v>
+        <v>196</v>
       </c>
       <c r="L35" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="P35" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="Q35" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="R35" t="s">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="S35" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" t="s">
-        <v>174</v>
+        <v>132</v>
       </c>
       <c r="B36">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="C36" t="s">
-        <v>179</v>
+        <v>198</v>
       </c>
       <c r="D36" t="s">
-        <v>180</v>
+        <v>199</v>
       </c>
       <c r="H36" t="s">
-        <v>181</v>
+        <v>200</v>
       </c>
       <c r="L36" t="s">
-        <v>182</v>
+        <v>201</v>
       </c>
       <c r="P36" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="Q36" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="R36" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="S36" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" t="s">
-        <v>183</v>
+        <v>132</v>
       </c>
       <c r="B37">
-        <v>189</v>
+        <v>60</v>
       </c>
       <c r="C37" t="s">
-        <v>184</v>
+        <v>202</v>
       </c>
       <c r="D37" t="s">
-        <v>185</v>
+        <v>203</v>
       </c>
       <c r="H37" t="s">
-        <v>186</v>
+        <v>204</v>
       </c>
       <c r="L37" t="s">
-        <v>187</v>
+        <v>205</v>
       </c>
       <c r="P37" t="s">
-        <v>54</v>
+        <v>206</v>
       </c>
       <c r="Q37" t="s">
-        <v>55</v>
+        <v>207</v>
       </c>
       <c r="R37" t="s">
-        <v>55</v>
+        <v>206</v>
       </c>
       <c r="S37" t="s">
-        <v>55</v>
+        <v>208</v>
       </c>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" t="s">
-        <v>188</v>
+        <v>132</v>
       </c>
       <c r="B38">
         <v>60</v>
       </c>
       <c r="C38" t="s">
-        <v>189</v>
+        <v>209</v>
       </c>
       <c r="D38" t="s">
-        <v>190</v>
+        <v>210</v>
       </c>
       <c r="H38" t="s">
-        <v>191</v>
+        <v>211</v>
       </c>
       <c r="L38" t="s">
-        <v>192</v>
+        <v>212</v>
       </c>
       <c r="P38" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="Q38" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="R38" t="s">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="S38" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" t="s">
-        <v>193</v>
+        <v>132</v>
       </c>
       <c r="B39">
         <v>60</v>
       </c>
       <c r="C39" t="s">
-        <v>194</v>
+        <v>213</v>
       </c>
       <c r="D39" t="s">
-        <v>195</v>
+        <v>214</v>
       </c>
       <c r="H39" t="s">
-        <v>196</v>
+        <v>215</v>
       </c>
       <c r="L39" t="s">
-        <v>197</v>
+        <v>216</v>
       </c>
       <c r="P39" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="Q39" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="R39" t="s">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="S39" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" t="s">
-        <v>193</v>
+        <v>217</v>
       </c>
       <c r="B40">
-        <v>1</v>
+        <v>60</v>
       </c>
       <c r="C40" t="s">
-        <v>198</v>
+        <v>218</v>
       </c>
       <c r="D40" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>200</v>
+        <v>219</v>
       </c>
       <c r="H40" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-        <v>202</v>
+        <v>220</v>
       </c>
       <c r="L40" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-        <v>204</v>
+        <v>221</v>
       </c>
       <c r="P40" t="s">
-        <v>205</v>
+        <v>66</v>
       </c>
       <c r="Q40" t="s">
-        <v>206</v>
+        <v>67</v>
       </c>
       <c r="R40" t="s">
-        <v>207</v>
+        <v>67</v>
       </c>
       <c r="S40" t="s">
-        <v>208</v>
+        <v>67</v>
       </c>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" t="s">
-        <v>193</v>
+        <v>217</v>
       </c>
       <c r="B41">
-        <v>60</v>
+        <v>115</v>
       </c>
       <c r="C41" t="s">
-        <v>194</v>
+        <v>222</v>
       </c>
       <c r="D41" t="s">
-        <v>195</v>
+        <v>223</v>
       </c>
       <c r="H41" t="s">
-        <v>196</v>
+        <v>224</v>
       </c>
       <c r="L41" t="s">
-        <v>197</v>
+        <v>225</v>
       </c>
       <c r="P41" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="Q41" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="R41" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="S41" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="B42">
-        <v>108</v>
+        <v>119</v>
       </c>
       <c r="C42" t="s">
-        <v>210</v>
+        <v>226</v>
       </c>
       <c r="D42" t="s">
-        <v>211</v>
+        <v>227</v>
       </c>
       <c r="H42" t="s">
-        <v>212</v>
+        <v>228</v>
       </c>
       <c r="L42" t="s">
-        <v>213</v>
+        <v>229</v>
       </c>
       <c r="P42" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="Q42" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="R42" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="S42" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" t="s">
-        <v>209</v>
+        <v>230</v>
       </c>
       <c r="B43">
-        <v>140</v>
+        <v>88</v>
       </c>
       <c r="C43" t="s">
-        <v>214</v>
+        <v>231</v>
       </c>
       <c r="D43" t="s">
-        <v>215</v>
+        <v>232</v>
       </c>
       <c r="H43" t="s">
-        <v>216</v>
+        <v>233</v>
       </c>
       <c r="L43" t="s">
-        <v>217</v>
+        <v>234</v>
       </c>
       <c r="P43" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="Q43" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="R43" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="S43" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" t="s">
-        <v>218</v>
+        <v>235</v>
       </c>
       <c r="B44">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="C44" t="s">
-        <v>109</v>
+        <v>236</v>
       </c>
       <c r="D44" t="s">
-        <v>219</v>
+        <v>237</v>
       </c>
       <c r="H44" t="s">
-        <v>111</v>
+        <v>238</v>
       </c>
       <c r="L44" t="s">
-        <v>220</v>
+        <v>239</v>
       </c>
       <c r="P44" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="Q44" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="R44" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="S44" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
     </row>
     <row r="45" spans="1:19">
       <c r="A45" t="s">
-        <v>218</v>
+        <v>235</v>
       </c>
       <c r="B45">
-        <v>175</v>
+        <v>379</v>
       </c>
       <c r="C45" t="s">
-        <v>221</v>
+        <v>240</v>
       </c>
       <c r="D45" t="s">
-        <v>222</v>
+        <v>241</v>
       </c>
       <c r="H45" t="s">
-        <v>223</v>
+        <v>242</v>
       </c>
       <c r="L45" t="s">
-        <v>224</v>
+        <v>243</v>
       </c>
       <c r="P45" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="Q45" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="R45" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="S45" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
     </row>
     <row r="46" spans="1:19">
       <c r="A46" t="s">
-        <v>225</v>
+        <v>235</v>
       </c>
       <c r="B46">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="C46" t="s">
-        <v>226</v>
+        <v>244</v>
       </c>
       <c r="D46" t="s">
-        <v>227</v>
+        <v>245</v>
       </c>
       <c r="H46" t="s">
-        <v>228</v>
+        <v>246</v>
       </c>
       <c r="L46" t="s">
-        <v>229</v>
+        <v>247</v>
       </c>
       <c r="P46" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="Q46" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="R46" t="s">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="S46" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
     </row>
     <row r="47" spans="1:19">
       <c r="A47" t="s">
-        <v>230</v>
+        <v>248</v>
       </c>
       <c r="B47">
-        <v>91</v>
+        <v>60</v>
       </c>
       <c r="C47" t="s">
-        <v>231</v>
+        <v>249</v>
       </c>
       <c r="D47" t="s">
-        <v>232</v>
+        <v>250</v>
       </c>
       <c r="H47" t="s">
-        <v>233</v>
+        <v>251</v>
       </c>
       <c r="L47" t="s">
-        <v>234</v>
+        <v>252</v>
       </c>
       <c r="P47" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="Q47" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="R47" t="s">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="S47" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
     </row>
     <row r="48" spans="1:19">
       <c r="A48" t="s">
-        <v>230</v>
+        <v>248</v>
       </c>
       <c r="B48">
-        <v>87</v>
+        <v>598</v>
       </c>
       <c r="C48" t="s">
-        <v>235</v>
+        <v>253</v>
       </c>
       <c r="D48" t="s">
-        <v>236</v>
+        <v>254</v>
       </c>
       <c r="H48" t="s">
-        <v>237</v>
+        <v>255</v>
       </c>
       <c r="L48" t="s">
-        <v>238</v>
+        <v>256</v>
       </c>
       <c r="P48" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="Q48" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="R48" t="s">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="S48" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
     </row>
     <row r="49" spans="1:19">
       <c r="A49" t="s">
-        <v>239</v>
+        <v>257</v>
       </c>
       <c r="B49">
-        <v>602</v>
+        <v>60</v>
       </c>
       <c r="C49" t="s">
-        <v>240</v>
+        <v>258</v>
       </c>
       <c r="D49" t="s">
-        <v>241</v>
+        <v>259</v>
       </c>
       <c r="H49" t="s">
-        <v>242</v>
+        <v>260</v>
       </c>
       <c r="L49" t="s">
-        <v>243</v>
+        <v>261</v>
       </c>
       <c r="P49" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="Q49" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="R49" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="S49" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
     </row>
     <row r="50" spans="1:19">
       <c r="A50" t="s">
-        <v>244</v>
+        <v>257</v>
       </c>
       <c r="B50">
-        <v>60</v>
+        <v>90</v>
       </c>
       <c r="C50" t="s">
-        <v>245</v>
+        <v>262</v>
       </c>
       <c r="D50" t="s">
-        <v>246</v>
+        <v>263</v>
       </c>
       <c r="H50" t="s">
-        <v>247</v>
+        <v>264</v>
       </c>
       <c r="L50" t="s">
-        <v>248</v>
+        <v>265</v>
       </c>
       <c r="P50" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="Q50" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="R50" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="S50" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
     </row>
     <row r="51" spans="1:19">
       <c r="A51" t="s">
-        <v>244</v>
+        <v>257</v>
       </c>
       <c r="B51">
-        <v>759</v>
+        <v>72</v>
       </c>
       <c r="C51" t="s">
-        <v>249</v>
+        <v>266</v>
       </c>
       <c r="D51" t="s">
-        <v>250</v>
+        <v>267</v>
       </c>
       <c r="H51" t="s">
-        <v>251</v>
+        <v>268</v>
       </c>
       <c r="L51" t="s">
-        <v>252</v>
+        <v>269</v>
       </c>
       <c r="P51" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="Q51" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="R51" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="S51" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
     </row>
     <row r="52" spans="1:19">
       <c r="A52" t="s">
-        <v>253</v>
+        <v>270</v>
       </c>
       <c r="B52">
-        <v>3</v>
+        <v>60</v>
       </c>
       <c r="C52" t="s">
-        <v>254</v>
+        <v>271</v>
       </c>
       <c r="D52" t="s">
-        <v>255</v>
+        <v>272</v>
       </c>
       <c r="H52" t="s">
-        <v>256</v>
+        <v>273</v>
       </c>
       <c r="L52" t="s">
-        <v>257</v>
+        <v>274</v>
       </c>
       <c r="P52" t="s">
-        <v>24</v>
+        <v>66</v>
       </c>
       <c r="Q52" t="s">
-        <v>25</v>
+        <v>67</v>
       </c>
       <c r="R52" t="s">
-        <v>24</v>
+        <v>67</v>
       </c>
       <c r="S52" t="s">
-        <v>25</v>
+        <v>67</v>
       </c>
     </row>
     <row r="53" spans="1:19">
       <c r="A53" t="s">
-        <v>258</v>
+        <v>275</v>
       </c>
       <c r="B53">
+        <v>71</v>
+      </c>
+      <c r="C53" t="s">
+        <v>276</v>
+      </c>
+      <c r="D53" t="s">
+        <v>277</v>
+      </c>
+      <c r="H53" t="s">
+        <v>268</v>
+      </c>
+      <c r="L53" t="s">
+        <v>278</v>
+      </c>
+      <c r="P53" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q53" t="s">
+        <v>67</v>
+      </c>
+      <c r="R53" t="s">
+        <v>67</v>
+      </c>
+      <c r="S53" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="54" spans="1:19">
+      <c r="A54" t="s">
+        <v>275</v>
+      </c>
+      <c r="B54">
+        <v>60</v>
+      </c>
+      <c r="C54" t="s">
+        <v>279</v>
+      </c>
+      <c r="D54" t="s">
+        <v>280</v>
+      </c>
+      <c r="H54" t="s">
+        <v>281</v>
+      </c>
+      <c r="L54" t="s">
+        <v>282</v>
+      </c>
+      <c r="P54" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q54" t="s">
+        <v>67</v>
+      </c>
+      <c r="R54" t="s">
+        <v>67</v>
+      </c>
+      <c r="S54" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="55" spans="1:19">
+      <c r="A55" t="s">
+        <v>283</v>
+      </c>
+      <c r="B55">
+        <v>62</v>
+      </c>
+      <c r="C55" t="s">
+        <v>284</v>
+      </c>
+      <c r="D55" t="s">
+        <v>285</v>
+      </c>
+      <c r="H55" t="s">
+        <v>286</v>
+      </c>
+      <c r="L55" t="s">
+        <v>287</v>
+      </c>
+      <c r="P55" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q55" t="s">
+        <v>67</v>
+      </c>
+      <c r="R55" t="s">
+        <v>67</v>
+      </c>
+      <c r="S55" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="56" spans="1:19">
+      <c r="A56" t="s">
+        <v>283</v>
+      </c>
+      <c r="B56">
+        <v>65</v>
+      </c>
+      <c r="C56" t="s">
+        <v>288</v>
+      </c>
+      <c r="D56" t="s">
+        <v>289</v>
+      </c>
+      <c r="H56" t="s">
+        <v>290</v>
+      </c>
+      <c r="L56" t="s">
+        <v>291</v>
+      </c>
+      <c r="P56" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q56" t="s">
+        <v>67</v>
+      </c>
+      <c r="R56" t="s">
+        <v>67</v>
+      </c>
+      <c r="S56" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="57" spans="1:19">
+      <c r="A57" t="s">
+        <v>292</v>
+      </c>
+      <c r="B57">
+        <v>189</v>
+      </c>
+      <c r="C57" t="s">
+        <v>293</v>
+      </c>
+      <c r="D57" t="s">
+        <v>294</v>
+      </c>
+      <c r="H57" t="s">
+        <v>295</v>
+      </c>
+      <c r="L57" t="s">
+        <v>296</v>
+      </c>
+      <c r="P57" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q57" t="s">
+        <v>67</v>
+      </c>
+      <c r="R57" t="s">
+        <v>67</v>
+      </c>
+      <c r="S57" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="58" spans="1:19">
+      <c r="A58" t="s">
+        <v>297</v>
+      </c>
+      <c r="B58">
+        <v>60</v>
+      </c>
+      <c r="C58" t="s">
+        <v>298</v>
+      </c>
+      <c r="D58" t="s">
+        <v>299</v>
+      </c>
+      <c r="H58" t="s">
+        <v>300</v>
+      </c>
+      <c r="L58" t="s">
+        <v>301</v>
+      </c>
+      <c r="P58" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q58" t="s">
+        <v>67</v>
+      </c>
+      <c r="R58" t="s">
+        <v>67</v>
+      </c>
+      <c r="S58" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="59" spans="1:19">
+      <c r="A59" t="s">
+        <v>302</v>
+      </c>
+      <c r="B59">
+        <v>60</v>
+      </c>
+      <c r="C59" t="s">
+        <v>303</v>
+      </c>
+      <c r="D59" t="s">
+        <v>304</v>
+      </c>
+      <c r="H59" t="s">
+        <v>305</v>
+      </c>
+      <c r="L59" t="s">
+        <v>306</v>
+      </c>
+      <c r="P59" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q59" t="s">
+        <v>67</v>
+      </c>
+      <c r="R59" t="s">
+        <v>67</v>
+      </c>
+      <c r="S59" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="60" spans="1:19">
+      <c r="A60" t="s">
+        <v>302</v>
+      </c>
+      <c r="B60">
         <v>1</v>
       </c>
-      <c r="C53" t="s">
-[...48 lines deleted...]
-        <v>274</v>
+      <c r="C60" t="s">
+        <v>307</v>
+      </c>
+      <c r="D60" t="s">
+        <v>308</v>
+      </c>
+      <c r="E60" t="s">
+        <v>309</v>
+      </c>
+      <c r="H60" t="s">
+        <v>310</v>
+      </c>
+      <c r="I60" t="s">
+        <v>311</v>
+      </c>
+      <c r="L60" t="s">
+        <v>312</v>
+      </c>
+      <c r="M60" t="s">
+        <v>313</v>
+      </c>
+      <c r="P60" t="s">
+        <v>314</v>
+      </c>
+      <c r="Q60" t="s">
+        <v>315</v>
+      </c>
+      <c r="R60" t="s">
+        <v>316</v>
+      </c>
+      <c r="S60" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="61" spans="1:19">
+      <c r="A61" t="s">
+        <v>302</v>
+      </c>
+      <c r="B61">
+        <v>60</v>
+      </c>
+      <c r="C61" t="s">
+        <v>303</v>
+      </c>
+      <c r="D61" t="s">
+        <v>304</v>
+      </c>
+      <c r="H61" t="s">
+        <v>305</v>
+      </c>
+      <c r="L61" t="s">
+        <v>306</v>
+      </c>
+      <c r="P61" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q61" t="s">
+        <v>67</v>
+      </c>
+      <c r="R61" t="s">
+        <v>67</v>
+      </c>
+      <c r="S61" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="62" spans="1:19">
+      <c r="A62" t="s">
+        <v>318</v>
+      </c>
+      <c r="B62">
+        <v>108</v>
+      </c>
+      <c r="C62" t="s">
+        <v>319</v>
+      </c>
+      <c r="D62" t="s">
+        <v>320</v>
+      </c>
+      <c r="H62" t="s">
+        <v>321</v>
+      </c>
+      <c r="L62" t="s">
+        <v>322</v>
+      </c>
+      <c r="P62" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q62" t="s">
+        <v>67</v>
+      </c>
+      <c r="R62" t="s">
+        <v>67</v>
+      </c>
+      <c r="S62" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="63" spans="1:19">
+      <c r="A63" t="s">
+        <v>318</v>
+      </c>
+      <c r="B63">
+        <v>140</v>
+      </c>
+      <c r="C63" t="s">
+        <v>323</v>
+      </c>
+      <c r="D63" t="s">
+        <v>324</v>
+      </c>
+      <c r="H63" t="s">
+        <v>325</v>
+      </c>
+      <c r="L63" t="s">
+        <v>326</v>
+      </c>
+      <c r="P63" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q63" t="s">
+        <v>67</v>
+      </c>
+      <c r="R63" t="s">
+        <v>67</v>
+      </c>
+      <c r="S63" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="64" spans="1:19">
+      <c r="A64" t="s">
+        <v>327</v>
+      </c>
+      <c r="B64">
+        <v>60</v>
+      </c>
+      <c r="C64" t="s">
+        <v>218</v>
+      </c>
+      <c r="D64" t="s">
+        <v>328</v>
+      </c>
+      <c r="H64" t="s">
+        <v>220</v>
+      </c>
+      <c r="L64" t="s">
+        <v>329</v>
+      </c>
+      <c r="P64" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q64" t="s">
+        <v>67</v>
+      </c>
+      <c r="R64" t="s">
+        <v>67</v>
+      </c>
+      <c r="S64" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="65" spans="1:19">
+      <c r="A65" t="s">
+        <v>327</v>
+      </c>
+      <c r="B65">
+        <v>175</v>
+      </c>
+      <c r="C65" t="s">
+        <v>330</v>
+      </c>
+      <c r="D65" t="s">
+        <v>331</v>
+      </c>
+      <c r="H65" t="s">
+        <v>332</v>
+      </c>
+      <c r="L65" t="s">
+        <v>333</v>
+      </c>
+      <c r="P65" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q65" t="s">
+        <v>67</v>
+      </c>
+      <c r="R65" t="s">
+        <v>67</v>
+      </c>
+      <c r="S65" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="66" spans="1:19">
+      <c r="A66" t="s">
+        <v>334</v>
+      </c>
+      <c r="B66">
+        <v>60</v>
+      </c>
+      <c r="C66" t="s">
+        <v>335</v>
+      </c>
+      <c r="D66" t="s">
+        <v>336</v>
+      </c>
+      <c r="H66" t="s">
+        <v>337</v>
+      </c>
+      <c r="L66" t="s">
+        <v>338</v>
+      </c>
+      <c r="P66" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q66" t="s">
+        <v>67</v>
+      </c>
+      <c r="R66" t="s">
+        <v>67</v>
+      </c>
+      <c r="S66" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="67" spans="1:19">
+      <c r="A67" t="s">
+        <v>339</v>
+      </c>
+      <c r="B67">
+        <v>91</v>
+      </c>
+      <c r="C67" t="s">
+        <v>340</v>
+      </c>
+      <c r="D67" t="s">
+        <v>341</v>
+      </c>
+      <c r="H67" t="s">
+        <v>342</v>
+      </c>
+      <c r="L67" t="s">
+        <v>343</v>
+      </c>
+      <c r="P67" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q67" t="s">
+        <v>67</v>
+      </c>
+      <c r="R67" t="s">
+        <v>67</v>
+      </c>
+      <c r="S67" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="68" spans="1:19">
+      <c r="A68" t="s">
+        <v>339</v>
+      </c>
+      <c r="B68">
+        <v>87</v>
+      </c>
+      <c r="C68" t="s">
+        <v>344</v>
+      </c>
+      <c r="D68" t="s">
+        <v>345</v>
+      </c>
+      <c r="H68" t="s">
+        <v>346</v>
+      </c>
+      <c r="L68" t="s">
+        <v>347</v>
+      </c>
+      <c r="P68" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q68" t="s">
+        <v>67</v>
+      </c>
+      <c r="R68" t="s">
+        <v>67</v>
+      </c>
+      <c r="S68" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="69" spans="1:19">
+      <c r="A69" t="s">
+        <v>348</v>
+      </c>
+      <c r="B69">
+        <v>602</v>
+      </c>
+      <c r="C69" t="s">
+        <v>349</v>
+      </c>
+      <c r="D69" t="s">
+        <v>350</v>
+      </c>
+      <c r="H69" t="s">
+        <v>351</v>
+      </c>
+      <c r="L69" t="s">
+        <v>352</v>
+      </c>
+      <c r="P69" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q69" t="s">
+        <v>67</v>
+      </c>
+      <c r="R69" t="s">
+        <v>67</v>
+      </c>
+      <c r="S69" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="70" spans="1:19">
+      <c r="A70" t="s">
+        <v>353</v>
+      </c>
+      <c r="B70">
+        <v>60</v>
+      </c>
+      <c r="C70" t="s">
+        <v>354</v>
+      </c>
+      <c r="D70" t="s">
+        <v>355</v>
+      </c>
+      <c r="H70" t="s">
+        <v>356</v>
+      </c>
+      <c r="L70" t="s">
+        <v>357</v>
+      </c>
+      <c r="P70" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q70" t="s">
+        <v>67</v>
+      </c>
+      <c r="R70" t="s">
+        <v>67</v>
+      </c>
+      <c r="S70" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="71" spans="1:19">
+      <c r="A71" t="s">
+        <v>353</v>
+      </c>
+      <c r="B71">
+        <v>759</v>
+      </c>
+      <c r="C71" t="s">
+        <v>358</v>
+      </c>
+      <c r="D71" t="s">
+        <v>359</v>
+      </c>
+      <c r="H71" t="s">
+        <v>360</v>
+      </c>
+      <c r="L71" t="s">
+        <v>361</v>
+      </c>
+      <c r="P71" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q71" t="s">
+        <v>67</v>
+      </c>
+      <c r="R71" t="s">
+        <v>67</v>
+      </c>
+      <c r="S71" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="72" spans="1:19">
+      <c r="A72" t="s">
+        <v>362</v>
+      </c>
+      <c r="B72">
+        <v>3</v>
+      </c>
+      <c r="C72" t="s">
+        <v>363</v>
+      </c>
+      <c r="D72" t="s">
+        <v>364</v>
+      </c>
+      <c r="H72" t="s">
+        <v>365</v>
+      </c>
+      <c r="L72" t="s">
+        <v>366</v>
+      </c>
+      <c r="P72" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q72" t="s">
+        <v>25</v>
+      </c>
+      <c r="R72" t="s">
+        <v>24</v>
+      </c>
+      <c r="S72" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="73" spans="1:19">
+      <c r="A73" t="s">
+        <v>367</v>
+      </c>
+      <c r="B73">
+        <v>1</v>
+      </c>
+      <c r="C73" t="s">
+        <v>368</v>
+      </c>
+      <c r="D73" t="s">
+        <v>369</v>
+      </c>
+      <c r="E73" t="s">
+        <v>370</v>
+      </c>
+      <c r="F73" t="s">
+        <v>371</v>
+      </c>
+      <c r="G73" t="s">
+        <v>372</v>
+      </c>
+      <c r="H73" t="s">
+        <v>373</v>
+      </c>
+      <c r="I73" t="s">
+        <v>374</v>
+      </c>
+      <c r="J73" t="s">
+        <v>375</v>
+      </c>
+      <c r="K73" t="s">
+        <v>376</v>
+      </c>
+      <c r="L73" t="s">
+        <v>377</v>
+      </c>
+      <c r="M73" t="s">
+        <v>378</v>
+      </c>
+      <c r="N73" t="s">
+        <v>379</v>
+      </c>
+      <c r="O73" t="s">
+        <v>380</v>
+      </c>
+      <c r="P73" t="s">
+        <v>381</v>
+      </c>
+      <c r="Q73" t="s">
+        <v>382</v>
+      </c>
+      <c r="R73" t="s">
+        <v>381</v>
+      </c>
+      <c r="S73" t="s">
+        <v>383</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>